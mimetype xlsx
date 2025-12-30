--- v0 (2025-11-20)
+++ v1 (2025-12-30)
@@ -256,111 +256,111 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Megameel</t>
+  </si>
+  <si>
+    <t>Megalofyis</t>
+  </si>
+  <si>
+    <t>AU,CA,DE,ES,FR,GB,HK,IT,KR,PT,RO,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Megahjerne (3D)</t>
+  </si>
+  <si>
+    <t>Mega Zeka</t>
+  </si>
+  <si>
+    <t>AR,BR,MX</t>
+  </si>
+  <si>
+    <t>Megamente</t>
+  </si>
+  <si>
+    <t>BG,RS</t>
+  </si>
+  <si>
+    <t>Мегаум</t>
+  </si>
+  <si>
+    <t>Megamysl</t>
+  </si>
+  <si>
+    <t>Megamind in 3-D</t>
+  </si>
+  <si>
+    <t>MaksimUm</t>
+  </si>
+  <si>
+    <t>Megaagy</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>メガマインド</t>
+  </si>
+  <si>
+    <t>Μεγαλοφυής</t>
+  </si>
+  <si>
+    <t>Megamaindas</t>
+  </si>
+  <si>
+    <t>Megamainds</t>
+  </si>
+  <si>
+    <t>Megamind: Superschurk</t>
+  </si>
+  <si>
     <t>Megahjerne</t>
   </si>
   <si>
     <t>Megamocny</t>
-  </si>
-[...55 lines deleted...]
-    <t>Megamind: Superschurk</t>
   </si>
   <si>
     <t>Megaum</t>
   </si>
   <si>
     <t>Megamozog</t>
   </si>
   <si>
     <t>Megazeka</t>
   </si>
   <si>
     <t>Master Mind</t>
   </si>
   <si>
     <t>Oobermind</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Megamente 3D</t>
   </si>
   <si>
     <t>UA</t>
   </si>
@@ -1802,59 +1802,59 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="B2" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>66</v>
+        <v>55</v>
       </c>
       <c r="B3" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>82</v>
       </c>
       <c r="B4" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
@@ -1868,115 +1868,115 @@
       <c r="A8" t="s">
         <v>87</v>
       </c>
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>41</v>
       </c>
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B14" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="B15" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="B18" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="B19" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>73</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>75</v>
       </c>
       <c r="B21" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>77</v>
       </c>