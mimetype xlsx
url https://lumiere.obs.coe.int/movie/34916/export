--- v1 (2025-12-30)
+++ v2 (2026-01-20)
@@ -256,81 +256,81 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,ES,FR,GB,HK,IT,KR,PT,RO,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Megahjerne (3D)</t>
+  </si>
+  <si>
+    <t>Mega Zeka</t>
+  </si>
+  <si>
+    <t>AR,BR,MX</t>
+  </si>
+  <si>
+    <t>Megamente</t>
+  </si>
+  <si>
+    <t>BG,RS</t>
+  </si>
+  <si>
+    <t>Мегаум</t>
+  </si>
+  <si>
+    <t>Megamysl</t>
+  </si>
+  <si>
+    <t>Megamind in 3-D</t>
+  </si>
+  <si>
     <t>Megameel</t>
   </si>
   <si>
     <t>Megalofyis</t>
-  </si>
-[...25 lines deleted...]
-    <t>Megamind in 3-D</t>
   </si>
   <si>
     <t>MaksimUm</t>
   </si>
   <si>
     <t>Megaagy</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>メガマインド</t>
   </si>
   <si>
     <t>Μεγαλοφυής</t>
   </si>
   <si>
     <t>Megamaindas</t>
   </si>
   <si>
     <t>Megamainds</t>
   </si>
   <si>
     <t>Megamind: Superschurk</t>
   </si>
@@ -1802,109 +1802,109 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="39.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>80</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>82</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
       <c r="B5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>85</v>
+      </c>
       <c r="B6" t="s">
-        <v>84</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="B7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="B10" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>56</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>58</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>93</v>
       </c>