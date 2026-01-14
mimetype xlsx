--- v0 (2025-11-13)
+++ v1 (2026-01-14)
@@ -232,63 +232,63 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Matorani</t>
+  </si>
+  <si>
     <t>AU,CA,GB,HK,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Dospeláci</t>
   </si>
   <si>
     <t>Machři</t>
-  </si>
-[...4 lines deleted...]
-    <t>Matorani</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Nhung Dua Tre To Xac</t>
   </si>
   <si>
     <t>AR,MX</t>
   </si>
   <si>
     <t>Son como niños</t>
   </si>
   <si>
     <t>AT,DE</t>
   </si>
   <si>
     <t>Kindsköpfe</t>
   </si>
   <si>
     <t>Copains pour la vie</t>
   </si>
   <si>
     <t>Дърти хлапета</t>
   </si>
@@ -1640,67 +1640,67 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>72</v>
       </c>
       <c r="B2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>77</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>79</v>
       </c>
       <c r="B7" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>81</v>
       </c>
       <c r="B8" t="s">
@@ -1847,51 +1847,51 @@
       <c r="A26" t="s">
         <v>58</v>
       </c>
       <c r="B26" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>60</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>62</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B29" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>108</v>
       </c>
       <c r="B30" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>64</v>
       </c>
       <c r="B31" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>68</v>
       </c>