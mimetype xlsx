--- v0 (2025-12-07)
+++ v1 (2026-01-21)
@@ -220,90 +220,90 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Solta</t>
+  </si>
+  <si>
+    <t>AU,BE,BR,CA,CZ,DE,DK,ES,FR,GB,GR,HK,HR,IT,JP,KR,NL,PL,PT,RO,SE,SG,SK,US</t>
+  </si>
+  <si>
+    <t>Specagente Sals</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Agente Salt</t>
+  </si>
+  <si>
+    <t>Агент Солт</t>
+  </si>
+  <si>
+    <t>Agent Salt</t>
+  </si>
+  <si>
+    <t>Salt: Choisis ton destin</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Solti</t>
+  </si>
+  <si>
     <t>Salt ügynök</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ソルト</t>
   </si>
   <si>
     <t>Soruto</t>
-  </si>
-[...28 lines deleted...]
-    <t>Solti</t>
   </si>
   <si>
     <t>Druska</t>
   </si>
   <si>
     <t>Ajan Salt</t>
   </si>
   <si>
     <t>Edwin A. Salt</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>Солт</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -1385,128 +1385,128 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="67.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>70</v>
-      </c>
-[...6 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B5" t="s">
         <v>72</v>
       </c>
-      <c r="B5" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>30</v>
+      </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>42</v>
+      </c>
+      <c r="B8" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>76</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>42</v>
+        <v>79</v>
       </c>
       <c r="B11" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>49</v>
       </c>
       <c r="B13" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>64</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>6</v>
       </c>