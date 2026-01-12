--- v0 (2025-11-15)
+++ v1 (2026-01-12)
@@ -202,90 +202,90 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Varuplaan</t>
+  </si>
+  <si>
     <t>Záložní plán</t>
   </si>
   <si>
     <t>Záložný plán</t>
   </si>
   <si>
     <t>AU,CA,GB,GR,PL,SE,US</t>
   </si>
   <si>
     <t>B Plani</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>El plan B</t>
   </si>
   <si>
     <t>BG,RS,RU</t>
   </si>
   <si>
     <t>План Б</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Plano B</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Le plan B</t>
   </si>
   <si>
     <t>Plan B für die Liebe</t>
-  </si>
-[...1 lines deleted...]
-    <t>Varuplaan</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Varasuunnitelma</t>
   </si>
   <si>
     <t>HR,US</t>
   </si>
   <si>
     <t>Plan B</t>
   </si>
   <si>
     <t>Ilyen a formám</t>
   </si>
   <si>
     <t>Piacere, sono un po' incinta</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>カレには言えない私のケイカク</t>
   </si>
@@ -1215,118 +1215,118 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="25.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
       <c r="B2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>65</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B7" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>69</v>
+      </c>
+      <c r="B8" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>71</v>
+      </c>
+      <c r="B9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="B10" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B11" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>76</v>
       </c>
       <c r="B12" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>78</v>
       </c>
       <c r="B13" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>42</v>
       </c>