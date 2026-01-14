--- v0 (2025-12-04)
+++ v1 (2026-01-14)
@@ -214,93 +214,93 @@
   <si>
     <t>Sandrew Metronome/Warner Bros.</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,GB,US</t>
+  </si>
+  <si>
+    <t>Amor La Distanta</t>
+  </si>
+  <si>
+    <t>Dál než se zdálo</t>
+  </si>
+  <si>
+    <t>Láska na diaľku</t>
+  </si>
+  <si>
+    <t>Meilė per atstumą</t>
+  </si>
+  <si>
+    <t>Stosunki miedzymiastowe</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>На вiдстанi кохання</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Amor a distancia</t>
+  </si>
+  <si>
+    <t>Любов от разтояние</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Amor à Distância</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Loin des yeux</t>
-  </si>
-[...37 lines deleted...]
-    <t>Amor à Distância</t>
   </si>
   <si>
     <t>Verrückt nach Dir</t>
   </si>
   <si>
     <t>Kaugsuhe</t>
   </si>
   <si>
     <t>Salvando las distancias</t>
   </si>
   <si>
     <t>Kaukorakkautta</t>
   </si>
   <si>
     <t>Trop loin pour toi</t>
   </si>
   <si>
     <t>Apo makria kai agapimenoi!</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Ljubav na daljinu</t>
   </si>
@@ -1393,108 +1393,108 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B31"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>67</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B7" t="s">
         <v>71</v>
-      </c>
-[...3 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>53</v>
+        <v>72</v>
       </c>
       <c r="B8" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>74</v>
       </c>
       <c r="B9" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="B11" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>79</v>
       </c>
       <c r="B12" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>34</v>
       </c>
       <c r="B13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>36</v>
       </c>
@@ -1594,51 +1594,51 @@
       <c r="A26" t="s">
         <v>59</v>
       </c>
       <c r="B26" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>63</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>97</v>
       </c>
       <c r="B28" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B29" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>100</v>
       </c>
       <c r="B30" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>43</v>
       </c>
       <c r="B31" t="s">
         <v>102</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>