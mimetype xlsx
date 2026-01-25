--- v0 (2025-12-05)
+++ v1 (2026-01-25)
@@ -792,58 +792,58 @@
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="3">
         <v>15</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="3">
         <v>15</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
         <v>45266</v>
       </c>
       <c r="D4" s="3">
-        <v>10558</v>
+        <v>11715</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>8179</v>
       </c>
       <c r="G4" s="3">
-        <v>2379</v>
+        <v>3536</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5">
         <v>45422</v>
       </c>
       <c r="D5" s="3">
         <v>266</v>
       </c>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="3">
         <v>266</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>32</v>
       </c>
@@ -1068,76 +1068,78 @@
       <c r="A17" t="s">
         <v>52</v>
       </c>
       <c r="D17" s="3">
         <v>196</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>78</v>
       </c>
       <c r="G17" s="3">
         <v>118</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="B18" t="s">
         <v>29</v>
       </c>
       <c r="C18">
         <v>45344</v>
       </c>
       <c r="D18" s="3">
-        <v>19119</v>
+        <v>18632</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3">
-        <v>19119</v>
+        <v>18632</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="B19" t="s">
         <v>55</v>
       </c>
       <c r="C19">
         <v>45240</v>
       </c>
       <c r="D19" s="3">
-        <v>10795</v>
+        <v>11403</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>10795</v>
       </c>
-      <c r="G19" s="3"/>
+      <c r="G19" s="3">
+        <v>608</v>
+      </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>57</v>
       </c>
       <c r="C20">
         <v>45400</v>
       </c>
       <c r="D20" s="3">
         <v>4742</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3">
         <v>4742</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
@@ -1178,77 +1180,77 @@
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23">
         <v>45323</v>
       </c>
       <c r="D23" s="3">
         <v>1138</v>
       </c>
       <c r="E23" s="3"/>
       <c r="F23" s="3">
         <v>490</v>
       </c>
       <c r="G23" s="3">
         <v>648</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="3">
-        <v>676002</v>
+        <v>677280</v>
       </c>
       <c r="E24" s="3">
         <v>90</v>
       </c>
       <c r="F24" s="3">
         <v>598818</v>
       </c>
       <c r="G24" s="3">
-        <v>77094</v>
+        <v>78372</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>64</v>
       </c>
       <c r="D25" s="3">
-        <v>682175</v>
+        <v>683453</v>
       </c>
       <c r="E25" s="3">
         <v>90</v>
       </c>
       <c r="F25" s="3">
         <v>604516</v>
       </c>
       <c r="G25" s="3">
-        <v>77569</v>
+        <v>78847</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="51" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>