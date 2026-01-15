--- v0 (2025-12-26)
+++ v1 (2026-01-15)
@@ -199,99 +199,99 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La gloire des ondes</t>
+  </si>
+  <si>
+    <t>Hommikune sära</t>
+  </si>
+  <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ранковий пiдйом</t>
   </si>
   <si>
     <t>AU,CA,DE,ES,FR,GB,KR,MX,NL,US</t>
   </si>
   <si>
     <t>Dzien dobry TV</t>
   </si>
   <si>
     <t>Hezké vstávání</t>
   </si>
   <si>
     <t>Krásne vstávanie</t>
   </si>
   <si>
     <t>Morning glory - Il volto del mattino</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Sabah Nesesi</t>
   </si>
   <si>
     <t>AR,VE</t>
   </si>
   <si>
     <t>Un despertar glorioso</t>
   </si>
   <si>
     <t>Сутрешен блок</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Uma Manhã Gloriosa</t>
-  </si>
-[...7 lines deleted...]
-    <t>Hommikune sära</t>
   </si>
   <si>
     <t>Proino xypnima</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Po jutru se dan poznaje</t>
   </si>
   <si>
     <t>Ébredj velünk</t>
   </si>
   <si>
     <t>Il buongiorno del mattino</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>恋とニュースのつくり方</t>
   </si>
   <si>
     <t>LT</t>
   </si>
@@ -1297,122 +1297,122 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="29.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>61</v>
       </c>
       <c r="B2" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>38</v>
+      </c>
+      <c r="B3" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>64</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>50</v>
       </c>
-      <c r="B4" t="s">
-[...8 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
+      <c r="B9" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>73</v>
       </c>
       <c r="B11" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="B13" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>45</v>
       </c>
       <c r="B14" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>46</v>
       </c>
@@ -1456,59 +1456,59 @@
       <c r="A21" t="s">
         <v>51</v>
       </c>
       <c r="B21" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>89</v>
       </c>
       <c r="B22" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>55</v>
       </c>
       <c r="B23" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B24" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B25" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>95</v>
       </c>
       <c r="B27" t="s">
         <v>96</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>