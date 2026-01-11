--- v0 (2025-11-29)
+++ v1 (2026-01-11)
@@ -262,50 +262,56 @@
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Tiglon</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Three Days</t>
+  </si>
+  <si>
     <t>AU,CA,FI,GB,HK,IT,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Kacis Plani</t>
   </si>
   <si>
     <t>Kaçiş Plani</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sledeća tri dana</t>
   </si>
   <si>
     <t>Sljedeca tri dana</t>
   </si>
   <si>
     <t>Tri dni k slobode</t>
   </si>
   <si>
     <t>Tři dny ke svobodě</t>
   </si>
   <si>
     <t>Trys įtemptos dienos</t>
@@ -350,56 +356,50 @@
     <t>Kolm järgmist päeva</t>
   </si>
   <si>
     <t>ES,VE</t>
   </si>
   <si>
     <t>Los próximos tres días</t>
   </si>
   <si>
     <t>Next Three Days</t>
   </si>
   <si>
     <t>Les trois prochains jours</t>
   </si>
   <si>
     <t>Οι επόμενες τρεις μέρες</t>
   </si>
   <si>
     <t>Oi epomenes treis meres</t>
   </si>
   <si>
     <t>Sljedeća tri dana</t>
   </si>
   <si>
     <t>A következő három nap</t>
-  </si>
-[...4 lines deleted...]
-    <t>Three Days</t>
   </si>
   <si>
     <t>スリーデイズ</t>
   </si>
   <si>
     <t>Trys itemptos dienos</t>
   </si>
   <si>
     <t>Aizbēgt trīs dienās</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Los Próximos Tres Días</t>
   </si>
   <si>
     <t>Dla niej wszystko</t>
   </si>
   <si>
     <t>3 Zile de cosmar</t>
   </si>
   <si>
     <t>Следећа три дана</t>
   </si>
@@ -1703,305 +1703,305 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>82</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>83</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>78</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>87</v>
+      </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>93</v>
       </c>
       <c r="B11" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>95</v>
       </c>
       <c r="B12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>37</v>
+        <v>97</v>
       </c>
       <c r="B13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>98</v>
+        <v>37</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>100</v>
       </c>
       <c r="B15" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="B16" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>104</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>106</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B21" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>56</v>
       </c>
       <c r="B22" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B23" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B24" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="B26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>64</v>
       </c>
       <c r="B27" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>65</v>
       </c>
       <c r="B28" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>117</v>
       </c>
       <c r="B29" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>69</v>
       </c>
       <c r="B30" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>73</v>
       </c>
       <c r="B31" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B32" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>122</v>
       </c>
       <c r="B33" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>78</v>
       </c>
       <c r="B34" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>125</v>
       </c>
       <c r="B35" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B36" t="s">
         <v>127</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>