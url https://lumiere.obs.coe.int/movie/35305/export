--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -142,60 +142,60 @@
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Word of Mouth</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Mokep</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>TR</t>
+  </si>
+  <si>
+    <t>Ask Suçu</t>
+  </si>
+  <si>
     <t>Eglima pathous</t>
-  </si>
-[...7 lines deleted...]
-    <t>Ask Suçu</t>
   </si>
   <si>
     <t>I antizilos</t>
   </si>
   <si>
     <t>Szerelmi b?nök</t>
   </si>
   <si>
     <t>AU,CA,FI,GB,SE,US</t>
   </si>
   <si>
     <t>Love Crime</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Престъпление от любов</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Crime de Amor</t>
   </si>
@@ -968,66 +968,66 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="26.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
       <c r="B2" t="s">
-        <v>42</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>43</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>48</v>
       </c>
       <c r="B7" t="s">
         <v>49</v>
       </c>
     </row>
@@ -1067,51 +1067,51 @@
       <c r="A12" t="s">
         <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>58</v>
       </c>
       <c r="B13" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>60</v>
       </c>
       <c r="B14" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>63</v>
       </c>
       <c r="B16" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>65</v>
       </c>
       <c r="B17" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>34</v>
       </c>