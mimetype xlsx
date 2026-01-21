--- v0 (2025-11-23)
+++ v1 (2026-01-21)
@@ -190,93 +190,93 @@
   <si>
     <t>Warner Bros.</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>Baltijas Pērle</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Clap Filmes</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU</t>
+  </si>
+  <si>
+    <t>What More Do I Want?</t>
+  </si>
+  <si>
     <t>CA,IT,SE</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Czego chce wiecej</t>
   </si>
   <si>
     <t>ES VĒLOS VAIRĀK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Istedigim Sey</t>
   </si>
   <si>
     <t>Szeretök</t>
   </si>
   <si>
     <t>Zelim nesto vise</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Кого я хочу бiльше</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Cosavogliodipiù</t>
   </si>
   <si>
     <t>Que más puedo querer</t>
-  </si>
-[...4 lines deleted...]
-    <t>What More Do I Want?</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Que Mais Posso Querer</t>
   </si>
   <si>
     <t>Was will ich mehr</t>
   </si>
   <si>
     <t>Kun silmäni mä auki saan</t>
   </si>
   <si>
     <t>Ce que je veux de plus</t>
   </si>
   <si>
     <t>GB,HK,KR,NL,SG,US</t>
   </si>
   <si>
     <t>Come Undone</t>
   </si>
   <si>
     <t>Szeretők</t>
   </si>
@@ -1239,111 +1239,111 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>64</v>
+      </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>68</v>
       </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>73</v>
       </c>
       <c r="B12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>39</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>41</v>
       </c>
@@ -1363,83 +1363,83 @@
       <c r="A16" t="s">
         <v>78</v>
       </c>
       <c r="B16" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>47</v>
       </c>
       <c r="B17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B19" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>54</v>
       </c>
       <c r="B20" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B23" t="s">
         <v>88</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>