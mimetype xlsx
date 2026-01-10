--- v0 (2025-12-19)
+++ v1 (2026-01-10)
@@ -1259,57 +1259,59 @@
       <c r="C24">
         <v>45135</v>
       </c>
       <c r="D24" s="3">
         <v>39187</v>
       </c>
       <c r="E24" s="3"/>
       <c r="F24" s="3">
         <v>39037</v>
       </c>
       <c r="G24" s="3">
         <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25">
         <v>45233</v>
       </c>
       <c r="D25" s="3">
-        <v>128000</v>
+        <v>145383</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3">
         <v>128000</v>
       </c>
-      <c r="G25" s="3"/>
+      <c r="G25" s="3">
+        <v>17383</v>
+      </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>63</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26">
         <v>45057</v>
       </c>
       <c r="D26" s="3">
         <v>12796</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3">
         <v>12796</v>
       </c>
       <c r="G26" s="3"/>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>65</v>
       </c>
       <c r="B27" t="s">
@@ -1413,77 +1415,77 @@
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>73</v>
       </c>
       <c r="B32" t="s">
         <v>74</v>
       </c>
       <c r="C32">
         <v>45002</v>
       </c>
       <c r="D32" s="3">
         <v>37636</v>
       </c>
       <c r="E32" s="3"/>
       <c r="F32" s="3">
         <v>37636</v>
       </c>
       <c r="G32" s="3"/>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
         <v>75</v>
       </c>
       <c r="D33" s="3">
-        <v>2021449</v>
+        <v>2038832</v>
       </c>
       <c r="E33" s="3">
         <v>27725</v>
       </c>
       <c r="F33" s="3">
         <v>1825668</v>
       </c>
       <c r="G33" s="3">
-        <v>168056</v>
+        <v>185439</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
         <v>76</v>
       </c>
       <c r="D34" s="3">
-        <v>2121235</v>
+        <v>2138618</v>
       </c>
       <c r="E34" s="3">
         <v>27725</v>
       </c>
       <c r="F34" s="3">
         <v>1920299</v>
       </c>
       <c r="G34" s="3">
-        <v>173211</v>
+        <v>190594</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="35.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>