--- v0 (2025-11-21)
+++ v1 (2026-01-09)
@@ -14,103 +14,97 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="101" uniqueCount="80">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Eu Cand Vreau Sa Fluier, Fluier</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Florin Serban</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>RO, SE</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
     <t>https://www.imdb.com/title/tt1590024/</t>
   </si>
   <si>
     <t>ISAN link</t>
   </si>
   <si>
     <t>https://web.isan.org/public/en/isan/0000-0003-01B5-0000-Y-0000-0000-9</t>
   </si>
   <si>
     <t>EIDR link</t>
   </si>
   <si>
     <t>https://ui.eidr.org/view/content?id=10.5240/43EB-C420-3223-53B3-3425-J</t>
   </si>
   <si>
     <t>Wikidata link</t>
   </si>
   <si>
     <t>https://www.wikidata.org/wiki/Q2440163</t>
   </si>
   <si>
-    <t>JustWatch link</t>
-[...4 lines deleted...]
-  <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2010</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>2014</t>
@@ -184,120 +178,120 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Metropolis Film</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ако искам да свиря, аз свиря</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>俺の笛を聞け</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Хочу свистеть - свищу!</t>
+  </si>
+  <si>
     <t>Ako mi se fucka, fuckam</t>
   </si>
   <si>
     <t>Ako Mi Se Fučka, Fučkam</t>
   </si>
   <si>
     <t>An thelo na sfyrixo, sfyrao</t>
   </si>
   <si>
+    <t>PL</t>
+  </si>
+  <si>
     <t>Jak chce gwizdac, to gwizdze</t>
   </si>
   <si>
     <t>Otan thelo na sfyrixo, sfyrizo</t>
   </si>
   <si>
-    <t>Ако искам да свиря, аз свиря</t>
-[...1 lines deleted...]
-  <si>
     <t>BR</t>
   </si>
   <si>
     <t>Se Eu Quiser Assobiar, Eu Assobio</t>
   </si>
   <si>
     <t>If I Want to Whistle, I Whistle</t>
   </si>
   <si>
     <t>ES,VE</t>
   </si>
   <si>
     <t>Si quiero silbar, silbo</t>
   </si>
   <si>
     <t>If I want to whistle, I whistle</t>
   </si>
   <si>
     <t>Ako mi se fućka, fućkam</t>
   </si>
   <si>
     <t>Fütyülök az egészre</t>
   </si>
   <si>
-    <t>JP</t>
-[...7 lines deleted...]
-  <si>
     <t>Jak chcę gwizdać, to gwiżdżę</t>
   </si>
   <si>
     <t>Eu cand vreau sa fluier, fluier</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ja kad želim da zviždim ja zviždim</t>
   </si>
   <si>
     <t>Vill jag vissla så visslar jag</t>
-  </si>
-[...4 lines deleted...]
-    <t>Хочу свистеть - свищу!</t>
   </si>
   <si>
     <t>Αν θέλω να σφυρίξω, σφυράω</t>
   </si>
   <si>
     <t>Όταν θέλω να σφυρίξω, σφυρίζω</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
@@ -620,56 +614,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1590024/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0003-01B5-0000-Y-0000-0000-9" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/43EB-C420-3223-53B3-3425-J" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q2440163" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.justwatch.com/us/movie/if-i-want-to-whistle-i-whistle" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.imdb.com/title/tt1590024/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://web.isan.org/public/en/isan/0000-0003-01B5-0000-Y-0000-0000-9" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ui.eidr.org/view/content?id=10.5240/43EB-C420-3223-53B3-3425-J" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wikidata.org/wiki/Q2440163" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:B9"/>
+  <dimension ref="A1:B8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="65.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="B2" t="s">
         <v>3</v>
       </c>
     </row>
@@ -699,508 +693,499 @@
     </row>
     <row r="6" spans="1:2">
       <c r="A6" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" s="1" t="s">
         <v>11</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="9" spans="1:2">
-[...6 lines deleted...]
-    </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
-    <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:K18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.42578125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="6" bestFit="1" customWidth="1"/>
     <col min="6" max="11" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11">
       <c r="A1" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B1" s="1" t="s">
+        <v>16</v>
+      </c>
+      <c r="C1" s="1" t="s">
         <v>17</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="D1" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="E1" s="1" t="s">
         <v>19</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="F1" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="G1" s="1" t="s">
         <v>21</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="H1" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="I1" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="H1" s="1" t="s">
+      <c r="J1" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="I1" s="1" t="s">
+      <c r="K1" s="1" t="s">
         <v>25</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="2" spans="1:11">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C2">
         <v>40717</v>
       </c>
       <c r="D2" s="3">
         <v>26</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>26</v>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="3"/>
       <c r="I2" s="3"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
     </row>
     <row r="3" spans="1:11">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C3">
         <v>40709</v>
       </c>
       <c r="D3" s="3">
         <v>464</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>464</v>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:11">
       <c r="A4" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="C4">
         <v>41005</v>
       </c>
       <c r="D4" s="3">
         <v>661</v>
       </c>
       <c r="E4" s="3"/>
       <c r="F4" s="3">
         <v>503</v>
       </c>
       <c r="G4" s="3">
         <v>149</v>
       </c>
       <c r="H4" s="3">
         <v>4</v>
       </c>
       <c r="I4" s="3">
         <v>5</v>
       </c>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5" spans="1:11">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D5" s="3">
         <v>259</v>
       </c>
       <c r="E5" s="3">
         <v>259</v>
       </c>
       <c r="F5" s="3"/>
       <c r="G5" s="3"/>
       <c r="H5" s="3"/>
       <c r="I5" s="3"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
     </row>
     <row r="6" spans="1:11">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C6">
         <v>41019</v>
       </c>
       <c r="D6" s="3">
         <v>6549</v>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="3">
         <v>6466</v>
       </c>
       <c r="H6" s="3">
         <v>83</v>
       </c>
       <c r="I6" s="3"/>
       <c r="J6" s="3"/>
       <c r="K6" s="3"/>
     </row>
     <row r="7" spans="1:11">
       <c r="A7" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C7">
         <v>41047</v>
       </c>
       <c r="D7" s="3">
         <v>68</v>
       </c>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="3"/>
       <c r="J7" s="3">
         <v>68</v>
       </c>
       <c r="K7" s="3"/>
     </row>
     <row r="8" spans="1:11">
       <c r="A8" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B8" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C8">
         <v>41047</v>
       </c>
       <c r="D8" s="3">
         <v>145</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3">
         <v>145</v>
       </c>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="3"/>
     </row>
     <row r="9" spans="1:11">
       <c r="A9" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B9" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="C9">
         <v>40584</v>
       </c>
       <c r="D9" s="3">
         <v>3732</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>3651</v>
       </c>
       <c r="G9" s="3">
         <v>81</v>
       </c>
       <c r="H9" s="3"/>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3"/>
     </row>
     <row r="10" spans="1:11">
       <c r="A10" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="C10">
         <v>40598</v>
       </c>
       <c r="D10" s="3">
         <v>173</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>173</v>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
     </row>
     <row r="11" spans="1:11">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B11" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="C11">
         <v>40619</v>
       </c>
       <c r="D11" s="3">
         <v>917</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>917</v>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="3"/>
       <c r="I11" s="3"/>
       <c r="J11" s="3"/>
       <c r="K11" s="3"/>
     </row>
     <row r="12" spans="1:11">
       <c r="A12" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="C12">
         <v>40709</v>
       </c>
       <c r="D12" s="3">
         <v>71</v>
       </c>
       <c r="E12" s="3"/>
       <c r="F12" s="3">
         <v>71</v>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="3"/>
       <c r="I12" s="3"/>
       <c r="J12" s="3"/>
       <c r="K12" s="3"/>
     </row>
     <row r="13" spans="1:11">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B13" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="C13">
         <v>40612</v>
       </c>
       <c r="D13" s="3">
         <v>1206</v>
       </c>
       <c r="E13" s="3"/>
       <c r="F13" s="3">
         <v>1206</v>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="3"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3"/>
       <c r="K13" s="3"/>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B14" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C14">
         <v>40262</v>
       </c>
       <c r="D14" s="3">
         <v>51297</v>
       </c>
       <c r="E14" s="3">
         <v>51262</v>
       </c>
       <c r="F14" s="3"/>
       <c r="G14" s="3"/>
       <c r="H14" s="3"/>
       <c r="I14" s="3"/>
       <c r="J14" s="3">
         <v>11</v>
       </c>
       <c r="K14" s="3">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:11">
       <c r="A15" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B15" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C15">
         <v>40515</v>
       </c>
       <c r="D15" s="3">
         <v>2835</v>
       </c>
       <c r="E15" s="3">
         <v>1408</v>
       </c>
       <c r="F15" s="3">
         <v>1427</v>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="3"/>
       <c r="I15" s="3"/>
       <c r="J15" s="3"/>
       <c r="K15" s="3"/>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C16">
         <v>41003</v>
       </c>
       <c r="D16" s="3">
         <v>401</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3"/>
       <c r="G16" s="3">
         <v>401</v>
       </c>
       <c r="H16" s="3"/>
       <c r="I16" s="3"/>
       <c r="J16" s="3"/>
       <c r="K16" s="3"/>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D17" s="3">
         <v>68778</v>
       </c>
       <c r="E17" s="3">
         <v>52929</v>
       </c>
       <c r="F17" s="3">
         <v>8412</v>
       </c>
       <c r="G17" s="3">
         <v>7242</v>
       </c>
       <c r="H17" s="3">
         <v>87</v>
       </c>
       <c r="I17" s="3">
         <v>5</v>
       </c>
       <c r="J17" s="3">
         <v>79</v>
       </c>
       <c r="K17" s="3">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="D18" s="3">
         <v>68804</v>
       </c>
       <c r="E18" s="3">
         <v>52929</v>
       </c>
       <c r="F18" s="3">
         <v>8438</v>
       </c>
       <c r="G18" s="3">
         <v>7242</v>
       </c>
       <c r="H18" s="3">
         <v>87</v>
       </c>
       <c r="I18" s="3">
         <v>5</v>
       </c>
       <c r="J18" s="3">
         <v>79</v>
       </c>
       <c r="K18" s="3">
         <v>24</v>
       </c>
@@ -1209,197 +1194,215 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
       <c r="B3" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
       <c r="B4" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>40</v>
+      </c>
       <c r="B6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
       <c r="B7" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>62</v>
       </c>
       <c r="B9" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B12" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>42</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="B15" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>41</v>
+      </c>
+      <c r="B16" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>75</v>
       </c>
       <c r="B19" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="B20" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B21" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B22" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>