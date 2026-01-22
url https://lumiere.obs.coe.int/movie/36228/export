--- v0 (2026-01-01)
+++ v1 (2026-01-22)
@@ -145,66 +145,66 @@
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Polyband Medien</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Wanda Vision</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Med Volkovi</t>
+  </si>
+  <si>
     <t>Among Wolves</t>
   </si>
   <si>
     <t>Entre llops</t>
   </si>
   <si>
     <t>Entrelobos</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>L'enfant loup</t>
-  </si>
-[...1 lines deleted...]
-    <t>Med Volkovi</t>
   </si>
   <si>
     <t>Wolfsbrüder</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Wolvenkind</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Wsród wilków</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Сред вълци</t>
   </si>
 </sst>
 </file>
 
@@ -963,80 +963,80 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="B2" t="s">
-        <v>1</v>
+        <v>43</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>43</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
       <c r="B5" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
+      <c r="B6" t="s">
         <v>46</v>
       </c>
-      <c r="B6" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>47</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>50</v>
       </c>
       <c r="B9" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>52</v>
       </c>
       <c r="B10" t="s">
         <v>53</v>
       </c>
     </row>