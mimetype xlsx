--- v0 (2025-12-19)
+++ v1 (2026-03-21)
@@ -94,50 +94,62 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>FI</t>
+  </si>
+  <si>
+    <t>Elävät kuvat</t>
+  </si>
+  <si>
+    <t>ES</t>
+  </si>
+  <si>
+    <t>Movie movie</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Кино, кино</t>
   </si>
   <si>
     <t>AL,AR,CA,GB,GR,NO,US</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ブルックリン物語</t>
   </si>
   <si>
     <t>VE</t>
   </si>
   <si>
     <t>Cine cine</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Double Feature</t>
@@ -164,62 +176,50 @@
     <t>PL</t>
   </si>
   <si>
     <t>Ale kino!</t>
   </si>
   <si>
     <t>Burukkurin monogatari</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Il boxeur e la ballerina</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>A papa mozija</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Folie-Folie</t>
-  </si>
-[...10 lines deleted...]
-    <t>Movie movie</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Lige i stødet</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Movie Movie, a Dupla Emoção</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -753,128 +753,128 @@
     <col min="1" max="1" width="21.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>26</v>
       </c>
       <c r="B2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>33</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>37</v>
       </c>
       <c r="B8" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>39</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>41</v>
       </c>
       <c r="B10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="B11" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>46</v>
+        <v>33</v>
       </c>
       <c r="B13" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>48</v>
       </c>
       <c r="B14" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>50</v>
       </c>
       <c r="B15" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>52</v>
       </c>