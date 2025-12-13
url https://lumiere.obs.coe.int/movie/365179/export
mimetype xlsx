--- v0 (2025-11-21)
+++ v1 (2025-12-13)
@@ -1074,57 +1074,59 @@
         <v>55</v>
       </c>
       <c r="C19">
         <v>45184</v>
       </c>
       <c r="D19" s="3">
         <v>133555</v>
       </c>
       <c r="E19" s="3"/>
       <c r="F19" s="3">
         <v>133555</v>
       </c>
       <c r="G19" s="3"/>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>56</v>
       </c>
       <c r="B20" t="s">
         <v>27</v>
       </c>
       <c r="C20">
         <v>45176</v>
       </c>
       <c r="D20" s="3">
-        <v>13687</v>
+        <v>13835</v>
       </c>
       <c r="E20" s="3"/>
       <c r="F20" s="3">
         <v>13687</v>
       </c>
-      <c r="G20" s="3"/>
+      <c r="G20" s="3">
+        <v>148</v>
+      </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21">
         <v>45059</v>
       </c>
       <c r="D21" s="3">
         <v>2436</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>1873</v>
       </c>
       <c r="G21" s="3">
         <v>563</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>59</v>