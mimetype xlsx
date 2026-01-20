--- v1 (2025-12-13)
+++ v2 (2026-01-20)
@@ -725,57 +725,59 @@
       </c>
       <c r="D1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>24</v>
       </c>
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>45127</v>
       </c>
       <c r="D2" s="3">
-        <v>12258</v>
+        <v>12541</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>12258</v>
       </c>
-      <c r="G2" s="3"/>
+      <c r="G2" s="3">
+        <v>283</v>
+      </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="D3" s="3">
         <v>1416</v>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3">
         <v>1416</v>
       </c>
       <c r="G3" s="3"/>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
@@ -1016,50 +1018,53 @@
       <c r="G15" s="3"/>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>50</v>
       </c>
       <c r="B16" t="s">
         <v>27</v>
       </c>
       <c r="D16" s="3">
         <v>1456</v>
       </c>
       <c r="E16" s="3"/>
       <c r="F16" s="3">
         <v>1456</v>
       </c>
       <c r="G16" s="3"/>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>27</v>
       </c>
+      <c r="C17">
+        <v>45176</v>
+      </c>
       <c r="D17" s="3">
         <v>1256</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3">
         <v>1256</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>52</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18">
         <v>45035</v>
       </c>
       <c r="D18" s="3">
         <v>7894</v>
       </c>
       <c r="E18" s="3"/>
       <c r="F18" s="3">
         <v>7894</v>
@@ -1110,77 +1115,77 @@
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21">
         <v>45059</v>
       </c>
       <c r="D21" s="3">
         <v>2436</v>
       </c>
       <c r="E21" s="3"/>
       <c r="F21" s="3">
         <v>1873</v>
       </c>
       <c r="G21" s="3">
         <v>563</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="3">
-        <v>547466</v>
+        <v>547749</v>
       </c>
       <c r="E22" s="3">
         <v>0</v>
       </c>
       <c r="F22" s="3">
         <v>492201</v>
       </c>
       <c r="G22" s="3">
-        <v>55265</v>
+        <v>55548</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>60</v>
       </c>
       <c r="D23" s="3">
-        <v>565907</v>
+        <v>566190</v>
       </c>
       <c r="E23" s="3">
         <v>140</v>
       </c>
       <c r="F23" s="3">
         <v>509179</v>
       </c>
       <c r="G23" s="3">
-        <v>56588</v>
+        <v>56871</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="40.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>