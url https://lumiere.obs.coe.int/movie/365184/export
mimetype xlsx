--- v0 (2025-12-16)
+++ v1 (2026-01-29)
@@ -888,57 +888,59 @@
       <c r="C9">
         <v>45107</v>
       </c>
       <c r="D9" s="3">
         <v>7793</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
         <v>7747</v>
       </c>
       <c r="G9" s="3">
         <v>46</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>40</v>
       </c>
       <c r="B10" t="s">
         <v>41</v>
       </c>
       <c r="C10">
         <v>45176</v>
       </c>
       <c r="D10" s="3">
-        <v>1224</v>
+        <v>1567</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
         <v>1224</v>
       </c>
-      <c r="G10" s="3"/>
+      <c r="G10" s="3">
+        <v>343</v>
+      </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>43</v>
       </c>
       <c r="C11">
         <v>45169</v>
       </c>
       <c r="D11" s="3">
         <v>1009</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
         <v>1004</v>
       </c>
       <c r="G11" s="3">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>44</v>
@@ -1034,77 +1036,77 @@
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
         <v>51</v>
       </c>
       <c r="B17" t="s">
         <v>52</v>
       </c>
       <c r="C17">
         <v>45037</v>
       </c>
       <c r="D17" s="3">
         <v>2185</v>
       </c>
       <c r="E17" s="3"/>
       <c r="F17" s="3">
         <v>2185</v>
       </c>
       <c r="G17" s="3"/>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
         <v>53</v>
       </c>
       <c r="D18" s="3">
-        <v>586222</v>
+        <v>586565</v>
       </c>
       <c r="E18" s="3">
         <v>1273</v>
       </c>
       <c r="F18" s="3">
         <v>579093</v>
       </c>
       <c r="G18" s="3">
-        <v>5856</v>
+        <v>6199</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
         <v>54</v>
       </c>
       <c r="D19" s="3">
-        <v>592556</v>
+        <v>592899</v>
       </c>
       <c r="E19" s="3">
         <v>1391</v>
       </c>
       <c r="F19" s="3">
         <v>585224</v>
       </c>
       <c r="G19" s="3">
-        <v>5941</v>
+        <v>6284</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>