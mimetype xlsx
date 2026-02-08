--- v0 (2025-12-19)
+++ v1 (2026-02-08)
@@ -14,51 +14,51 @@
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Metadata" sheetId="1" r:id="rId1"/>
     <sheet name="Admissions" sheetId="2" r:id="rId2"/>
     <sheet name="Titles" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="65">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="66">
   <si>
     <t>Original title</t>
   </si>
   <si>
     <t>Dalva</t>
   </si>
   <si>
     <t>Director(s)</t>
   </si>
   <si>
     <t>Emmanuelle Nicot</t>
   </si>
   <si>
     <t>Production year</t>
   </si>
   <si>
     <t>Producing or Co-producing countries</t>
   </si>
   <si>
     <t>BE, FR</t>
   </si>
   <si>
     <t>IMDb link</t>
   </si>
   <si>
@@ -94,72 +94,75 @@
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2022</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>O Brother</t>
   </si>
   <si>
+    <t>CY</t>
+  </si>
+  <si>
+    <t>Cinobo</t>
+  </si>
+  <si>
     <t>DK</t>
   </si>
   <si>
     <t>Angel Films</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Diaphana Distribution</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>606 Distribution</t>
   </si>
   <si>
     <t>GR</t>
-  </si>
-[...1 lines deleted...]
-    <t>Cinobo</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Teodora Film</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Gusto Entertainment</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Storytelling Media</t>
   </si>
@@ -670,51 +673,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" s="1" t="s">
         <v>15</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
     <hyperlink ref="B8" r:id="rId4"/>
     <hyperlink ref="B9" r:id="rId5"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:G16"/>
+  <dimension ref="A1:G17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.28515625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="5" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="7" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -737,406 +740,425 @@
       <c r="B2" t="s">
         <v>25</v>
       </c>
       <c r="C2">
         <v>45007</v>
       </c>
       <c r="D2" s="3">
         <v>12945</v>
       </c>
       <c r="E2" s="3"/>
       <c r="F2" s="3">
         <v>11518</v>
       </c>
       <c r="G2" s="3">
         <v>1427</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>26</v>
       </c>
       <c r="B3" t="s">
         <v>27</v>
       </c>
       <c r="C3">
-        <v>45092</v>
+        <v>45253</v>
       </c>
       <c r="D3" s="3">
-        <v>357</v>
+        <v>263</v>
       </c>
       <c r="E3" s="3"/>
-      <c r="F3" s="3">
-[...2 lines deleted...]
-      <c r="G3" s="3"/>
+      <c r="F3" s="3"/>
+      <c r="G3" s="3">
+        <v>263</v>
+      </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
         <v>28</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4">
-        <v>45007</v>
+        <v>45092</v>
       </c>
       <c r="D4" s="3">
-        <v>55500</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="E4" s="3"/>
       <c r="F4" s="3">
-        <v>53502</v>
-[...3 lines deleted...]
-      </c>
+        <v>357</v>
+      </c>
+      <c r="G4" s="3"/>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
         <v>30</v>
       </c>
       <c r="B5" t="s">
         <v>31</v>
       </c>
       <c r="C5">
-        <v>45044</v>
+        <v>45007</v>
       </c>
       <c r="D5" s="3">
-        <v>1215</v>
-[...1 lines deleted...]
-      <c r="E5" s="3"/>
+        <v>55500</v>
+      </c>
+      <c r="E5" s="3">
+        <v>1088</v>
+      </c>
       <c r="F5" s="3">
-        <v>1140</v>
+        <v>53502</v>
       </c>
       <c r="G5" s="3">
-        <v>75</v>
+        <v>910</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
         <v>32</v>
       </c>
       <c r="B6" t="s">
         <v>33</v>
       </c>
       <c r="C6">
-        <v>45253</v>
+        <v>45044</v>
       </c>
       <c r="D6" s="3">
-        <v>924</v>
-[...3 lines deleted...]
-      </c>
+        <v>1215</v>
+      </c>
+      <c r="E6" s="3"/>
       <c r="F6" s="3">
-        <v>518</v>
+        <v>1140</v>
       </c>
       <c r="G6" s="3">
-        <v>59</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="C7">
-        <v>45044</v>
+        <v>45253</v>
       </c>
       <c r="D7" s="3">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="E7" s="3"/>
+        <v>924</v>
+      </c>
+      <c r="E7" s="3">
+        <v>347</v>
+      </c>
       <c r="F7" s="3">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="G7" s="3"/>
+        <v>518</v>
+      </c>
+      <c r="G7" s="3">
+        <v>59</v>
+      </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="C8">
-        <v>45057</v>
+        <v>45044</v>
       </c>
       <c r="D8" s="3">
-        <v>11032</v>
+        <v>139</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
-        <v>11032</v>
+        <v>139</v>
       </c>
       <c r="G8" s="3"/>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>36</v>
+      </c>
+      <c r="B9" t="s">
         <v>37</v>
       </c>
+      <c r="C9">
+        <v>45057</v>
+      </c>
       <c r="D9" s="3">
-        <v>71</v>
+        <v>11032</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
-        <v>71</v>
+        <v>11032</v>
       </c>
       <c r="G9" s="3"/>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>38</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="3">
-        <v>34720</v>
+        <v>71</v>
       </c>
       <c r="E10" s="3"/>
       <c r="F10" s="3">
-        <v>34517</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="G10" s="3"/>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
+        <v>39</v>
+      </c>
+      <c r="B11" t="s">
         <v>40</v>
       </c>
-      <c r="B11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C11">
-        <v>45247</v>
+        <v>45050</v>
       </c>
       <c r="D11" s="3">
-        <v>1224</v>
+        <v>34720</v>
       </c>
       <c r="E11" s="3"/>
       <c r="F11" s="3">
-        <v>1108</v>
+        <v>34517</v>
       </c>
       <c r="G11" s="3">
-        <v>116</v>
+        <v>203</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
+        <v>41</v>
+      </c>
+      <c r="B12" t="s">
         <v>42</v>
       </c>
-      <c r="B12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12">
-        <v>45463</v>
+        <v>45247</v>
       </c>
       <c r="D12" s="3">
-        <v>484</v>
+        <v>1224</v>
       </c>
       <c r="E12" s="3"/>
-      <c r="F12" s="3"/>
+      <c r="F12" s="3">
+        <v>1108</v>
+      </c>
       <c r="G12" s="3">
-        <v>484</v>
+        <v>116</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" t="s">
         <v>44</v>
       </c>
-      <c r="B13" t="s">
-        <v>45</v>
+      <c r="C13">
+        <v>45463</v>
       </c>
       <c r="D13" s="3">
-        <v>218</v>
+        <v>484</v>
       </c>
       <c r="E13" s="3"/>
-      <c r="F13" s="3">
-[...2 lines deleted...]
-      <c r="G13" s="3"/>
+      <c r="F13" s="3"/>
+      <c r="G13" s="3">
+        <v>484</v>
+      </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
+        <v>45</v>
+      </c>
+      <c r="B14" t="s">
         <v>46</v>
       </c>
-      <c r="B14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" s="3">
-        <v>1386</v>
+        <v>218</v>
       </c>
       <c r="E14" s="3"/>
       <c r="F14" s="3">
-        <v>1380</v>
-[...3 lines deleted...]
-      </c>
+        <v>218</v>
+      </c>
+      <c r="G14" s="3"/>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" t="s">
         <v>48</v>
       </c>
+      <c r="C15">
+        <v>45051</v>
+      </c>
       <c r="D15" s="3">
-        <v>118991</v>
-[...3 lines deleted...]
-      </c>
+        <v>1386</v>
+      </c>
+      <c r="E15" s="3"/>
       <c r="F15" s="3">
-        <v>114392</v>
+        <v>1380</v>
       </c>
       <c r="G15" s="3">
-        <v>3164</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
         <v>49</v>
       </c>
       <c r="D16" s="3">
-        <v>120215</v>
+        <v>119254</v>
       </c>
       <c r="E16" s="3">
         <v>1435</v>
       </c>
       <c r="F16" s="3">
+        <v>114392</v>
+      </c>
+      <c r="G16" s="3">
+        <v>3427</v>
+      </c>
+    </row>
+    <row r="17" spans="1:7">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="D17" s="3">
+        <v>120478</v>
+      </c>
+      <c r="E17" s="3">
+        <v>1435</v>
+      </c>
+      <c r="F17" s="3">
         <v>115500</v>
       </c>
-      <c r="G16" s="3">
-        <v>3280</v>
+      <c r="G17" s="3">
+        <v>3543</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="23.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B4" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="B9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>Metadata</vt:lpstr>