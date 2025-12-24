--- v0 (2025-11-12)
+++ v1 (2025-12-24)
@@ -238,81 +238,81 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>TME Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>芭比</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>Barbie芭比</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>Barbi</t>
+  </si>
+  <si>
     <t>BG,RU</t>
   </si>
   <si>
     <t>Барби</t>
   </si>
   <si>
     <t>AR,AT,AU,BR,CA,CL,CO,DE,DK,ES,FR,GB,IE,IT,MX,NZ,PT,RO,RS,SG,TR,US</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>バービー</t>
-  </si>
-[...16 lines deleted...]
-    <t>Barbi</t>
   </si>
   <si>
     <t>Μπάρμπι</t>
   </si>
   <si>
     <t>Barbė</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Барбі</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1516,75 +1516,75 @@
     <col min="1" max="1" width="62.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>74</v>
       </c>
       <c r="B2" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>83</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>44</v>
       </c>
       <c r="B8" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>53</v>
       </c>
       <c r="B9" t="s">
         <v>86</v>
       </c>