--- v0 (2025-12-22)
+++ v1 (2026-01-11)
@@ -262,50 +262,56 @@
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>A todo gas 5</t>
+  </si>
+  <si>
+    <t>Fast &amp; Furious 5: A todo gas 5</t>
+  </si>
+  <si>
     <t>Hizli ve Öfkeli 5: Rio Soygunu</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Форсаж 5: Швидка п'ятiрка</t>
   </si>
   <si>
     <t>CA,KR,SG,US</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Rapide et dangereux 5</t>
   </si>
   <si>
     <t>Бързи и яростни 5: Удар в Рио</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Wild Speed: Mega Max</t>
@@ -356,56 +362,50 @@
     <t>AU,DK,ES,FI,FR,GB,IT,NL,NO,SE,US</t>
   </si>
   <si>
     <t>Fast &amp; Furious 5</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Velozes &amp; Furiosos 5: Operação Rio</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Rapidos y Furiosos 5</t>
   </si>
   <si>
     <t>Rychle a zběsile 5</t>
   </si>
   <si>
     <t>Fast &amp; Furious Five</t>
   </si>
   <si>
     <t>Kiired ja vihased 5</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fast &amp; Furious 5: A todo gas 5</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Fast &amp; Furious 5: Rio Heist</t>
   </si>
   <si>
     <t>Mahites ton dromon: Listeia sto Rio</t>
   </si>
   <si>
     <t>Brzi i žestoki 5</t>
   </si>
   <si>
     <t>Halálos iramban: Ötödik sebesség</t>
   </si>
   <si>
     <t>Greiti ir įsiutę 5</t>
   </si>
   <si>
     <t>Ātrs un bez žēlastības 5</t>
   </si>
   <si>
     <t>HK</t>
   </si>
@@ -2017,227 +2017,227 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
         <v>83</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>84</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>88</v>
+      </c>
+      <c r="B7" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>89</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="B9" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>91</v>
+      </c>
+      <c r="B10" t="s">
         <v>93</v>
       </c>
-      <c r="B10" t="s">
+    </row>
+    <row r="11" spans="1:2">
+      <c r="A11" t="s">
+        <v>79</v>
+      </c>
+      <c r="B11" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="11" spans="1:2">
-      <c r="B11" t="s">
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>95</v>
       </c>
-    </row>
-    <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="B13" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="B14" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="B15" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="B16" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="B17" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="B18" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="19" spans="1:2">
-      <c r="A19" t="s">
+      <c r="B19" t="s">
         <v>103</v>
       </c>
-      <c r="B19" t="s">
+    </row>
+    <row r="20" spans="1:2">
+      <c r="B20" t="s">
         <v>104</v>
-      </c>
-[...6 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B21" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B22" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>43</v>
+        <v>109</v>
       </c>
       <c r="B23" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>45</v>
+        <v>111</v>
       </c>
       <c r="B24" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="B26" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B27" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>55</v>
       </c>
       <c r="B29" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>57</v>
       </c>
@@ -2337,51 +2337,51 @@
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>135</v>
       </c>
       <c r="B44" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B45" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>55</v>
       </c>
       <c r="B47" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>140</v>
       </c>