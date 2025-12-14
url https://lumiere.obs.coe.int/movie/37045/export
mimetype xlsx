--- v0 (2025-11-23)
+++ v1 (2025-12-14)
@@ -241,153 +241,153 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,BE,CA,DE,ES,FR,GB,IT,MX,NL,SG,US</t>
+  </si>
+  <si>
+    <t>Auti 2 (3d)</t>
+  </si>
+  <si>
+    <t>ëÏÌÉÔÅ 2</t>
+  </si>
+  <si>
+    <t>Rauai 2</t>
+  </si>
+  <si>
+    <t>KZ</t>
+  </si>
+  <si>
+    <t>Колiктер 2</t>
+  </si>
+  <si>
+    <t>Тачки-2</t>
+  </si>
+  <si>
+    <t>Колите 2</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Carros 2</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Les bagnoles 2</t>
+  </si>
+  <si>
+    <t>CZ,PL</t>
+  </si>
+  <si>
+    <t>Auta 2</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>Biler 2</t>
+  </si>
+  <si>
+    <t>Autod 2</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Bilar 2</t>
+  </si>
+  <si>
+    <t>Autot 2</t>
+  </si>
+  <si>
+    <t>GE</t>
+  </si>
+  <si>
+    <t>Mankanebi 2</t>
+  </si>
+  <si>
+    <t>Aftokinita 2</t>
+  </si>
+  <si>
+    <t>Auti 2</t>
+  </si>
+  <si>
+    <t>Αυτοκίνητα 2</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>反斗車王2</t>
+  </si>
+  <si>
+    <t>Auti 2 3D IMAX</t>
+  </si>
+  <si>
+    <t>Verdák 2.</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>Bílar 2</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>カーズ2</t>
+  </si>
+  <si>
     <t>KR</t>
   </si>
   <si>
     <t>Ka 2</t>
-  </si>
-[...97 lines deleted...]
-    <t>カーズ2</t>
   </si>
   <si>
     <t>Ratai 2</t>
   </si>
   <si>
     <t>Vāģi 2</t>
   </si>
   <si>
     <t>Masini 2</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Automobili 2</t>
   </si>
   <si>
     <t>Avtomobili 2</t>
   </si>
   <si>
     <t>Autá 2</t>
   </si>
   <si>
     <t>Arabalar 2</t>
   </si>
@@ -1762,204 +1762,204 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="37.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="14" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>75</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>76</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>79</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>81</v>
       </c>
-      <c r="B7" t="s">
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>36</v>
+      </c>
+      <c r="B8" t="s">
         <v>82</v>
-      </c>
-[...3 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>36</v>
+        <v>83</v>
       </c>
       <c r="B9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>85</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>87</v>
       </c>
       <c r="B11" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>89</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>46</v>
+        <v>95</v>
       </c>
       <c r="B16" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B19" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>50</v>
+        <v>100</v>
       </c>
       <c r="B20" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>52</v>
+      </c>
+      <c r="B21" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="B22" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>104</v>
       </c>
       <c r="B23" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>106</v>
       </c>
       <c r="B24" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>108</v>
       </c>
       <c r="B25" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>57</v>
       </c>