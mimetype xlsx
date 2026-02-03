--- v0 (2025-12-19)
+++ v1 (2026-02-03)
@@ -588,51 +588,51 @@
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="B5" r:id="rId1"/>
     <hyperlink ref="B6" r:id="rId2"/>
     <hyperlink ref="B7" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:F12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="16.7109375" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.85546875" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="7" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="5" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="6" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>14</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>15</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" t="s">
         <v>19</v>
@@ -752,101 +752,103 @@
       <c r="B8" t="s">
         <v>30</v>
       </c>
       <c r="C8">
         <v>45443</v>
       </c>
       <c r="D8" s="3">
         <v>551</v>
       </c>
       <c r="E8" s="3"/>
       <c r="F8" s="3">
         <v>551</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" t="s">
         <v>31</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9">
         <v>45518</v>
       </c>
       <c r="D9" s="3">
-        <v>2880</v>
+        <v>2856</v>
       </c>
       <c r="E9" s="3"/>
       <c r="F9" s="3">
-        <v>2880</v>
+        <v>2856</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10">
         <v>45009</v>
       </c>
       <c r="D10" s="3">
-        <v>22959</v>
+        <v>53641</v>
       </c>
       <c r="E10" s="3">
         <v>22959</v>
       </c>
-      <c r="F10" s="3"/>
+      <c r="F10" s="3">
+        <v>30682</v>
+      </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" t="s">
         <v>34</v>
       </c>
       <c r="D11" s="3">
-        <v>111019</v>
+        <v>141677</v>
       </c>
       <c r="E11" s="3">
         <v>106456</v>
       </c>
       <c r="F11" s="3">
-        <v>4563</v>
+        <v>35221</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="3">
-        <v>119120</v>
+        <v>149778</v>
       </c>
       <c r="E12" s="3">
         <v>114557</v>
       </c>
       <c r="F12" s="3">
-        <v>4563</v>
+        <v>35221</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>