--- v0 (2025-11-13)
+++ v1 (2025-12-03)
@@ -250,99 +250,99 @@
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,ES,GB,HK,IT,KR,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>Bláznivá, hlúpa, láska</t>
+  </si>
+  <si>
+    <t>Bláznivá, zatracená láska 2D</t>
+  </si>
+  <si>
+    <t>Çilgin Aptal Ask</t>
+  </si>
+  <si>
+    <t>Çilgin, Aptal Aşk</t>
+  </si>
+  <si>
+    <t>Kvaila, beprotiska meile</t>
+  </si>
+  <si>
+    <t>Kvaila, beprotiška meile</t>
+  </si>
+  <si>
+    <t>Untitled Dan Fogelman/Steve Carell Project</t>
+  </si>
+  <si>
+    <t>Untitled Marital Crisis Comedy</t>
+  </si>
+  <si>
+    <t>Эта-дурацкая-любовь</t>
+  </si>
+  <si>
+    <t>AR,CL,MX</t>
+  </si>
+  <si>
+    <t>Loco y estúpido amor</t>
+  </si>
+  <si>
+    <t>Оглупели от любов</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Amor a Toda Prova</t>
+  </si>
+  <si>
     <t>CA</t>
   </si>
   <si>
     <t>Un amour fou</t>
-  </si>
-[...43 lines deleted...]
-    <t>Amor a Toda Prova</t>
   </si>
   <si>
     <t>Bláznivá, zatracená láska</t>
   </si>
   <si>
     <t>DE,FR,GR</t>
   </si>
   <si>
     <t>Crazy, Stupid, Love</t>
   </si>
   <si>
     <t>Rumal pöörane armastus</t>
   </si>
   <si>
     <t>Hölmö hullu rakkaus</t>
   </si>
   <si>
     <t>Hölmö, hullu, rakkaus.</t>
   </si>
   <si>
     <t>Ta luda ljubav</t>
   </si>
   <si>
     <t>Őrült, dilis, szerelem.</t>
   </si>
@@ -1825,129 +1825,129 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="31.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="39.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>79</v>
-      </c>
-[...6 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B5" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="5" spans="1:2">
-      <c r="B5" t="s">
+    <row r="6" spans="1:2">
+      <c r="B6" t="s">
         <v>82</v>
-      </c>
-[...6 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
         <v>84</v>
-      </c>
-[...3 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>6</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>6</v>
       </c>
       <c r="B10" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="11" spans="1:2">
+      <c r="B11" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="11" spans="1:2">
-[...3 lines deleted...]
-      <c r="B11" t="s">
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>88</v>
       </c>
-    </row>
-    <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>38</v>
+      </c>
+      <c r="B13" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>38</v>
+        <v>91</v>
       </c>
       <c r="B14" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>93</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>41</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>96</v>
       </c>