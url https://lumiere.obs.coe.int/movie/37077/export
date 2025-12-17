--- v0 (2025-11-25)
+++ v1 (2025-12-17)
@@ -238,50 +238,53 @@
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Infekcija</t>
+  </si>
+  <si>
     <t>CN</t>
   </si>
   <si>
     <t>传染病</t>
   </si>
   <si>
     <t>Zaraza</t>
   </si>
   <si>
     <t>AU,CA,DE,FR,GB,GR,IT,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Contagion: The IMAX Experience</t>
   </si>
   <si>
     <t>AR,CL,ES,MX,VE</t>
   </si>
   <si>
     <t>Contagio</t>
   </si>
   <si>
     <t>BR,PT</t>
@@ -299,53 +302,50 @@
     <t>RS,UA</t>
   </si>
   <si>
     <t>Зараза</t>
   </si>
   <si>
     <t>Chuan Ran Bing</t>
   </si>
   <si>
     <t>Nakkus</t>
   </si>
   <si>
     <t>Tartunta</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Shìjì zhàn yì</t>
   </si>
   <si>
     <t>Fertőzés</t>
   </si>
   <si>
     <t>Užkratas</t>
-  </si>
-[...1 lines deleted...]
-    <t>Infekcija</t>
   </si>
   <si>
     <t>Contagion - Epidemia strachu</t>
   </si>
   <si>
     <t>Contagion: Pericol nevazut</t>
   </si>
   <si>
     <t>Kuzna nevarnost</t>
   </si>
   <si>
     <t>Nákaza</t>
   </si>
   <si>
     <t>Nákaza 2D</t>
   </si>
   <si>
     <t>Salgin</t>
   </si>
   <si>
     <t>Uzkratas</t>
   </si>
   <si>
     <t>Заразяване</t>
   </si>
@@ -1691,163 +1691,163 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>59</v>
+      </c>
+      <c r="B2" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="B3" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>52</v>
+      </c>
+      <c r="B4" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B7" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B9" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>74</v>
+        <v>87</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>46</v>
+      </c>
+      <c r="B13" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>54</v>
+        <v>92</v>
       </c>
       <c r="B14" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B15" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>62</v>
       </c>
       <c r="B17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>65</v>
       </c>
       <c r="B18" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>68</v>
       </c>
@@ -1890,51 +1890,51 @@
       <c r="A25" t="s">
         <v>104</v>
       </c>
       <c r="B25" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>71</v>
       </c>
       <c r="B26" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>107</v>
       </c>
       <c r="B27" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B28" t="s">
         <v>109</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>