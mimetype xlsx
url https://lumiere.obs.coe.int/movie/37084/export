--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -241,129 +241,129 @@
   <si>
     <t>United International Pictures/Universal</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DK,GB,HK,NL,SE,SG,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Agenti sudbine</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Ban do dinh menh</t>
+  </si>
+  <si>
+    <t>Destì ocult</t>
+  </si>
+  <si>
+    <t>Kader Ajanlari</t>
+  </si>
+  <si>
+    <t>Nemoguci susret</t>
+  </si>
+  <si>
+    <t>Wladcy umyslów</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Мiняючи реальнiсть</t>
+  </si>
+  <si>
+    <t>Gardienii destinului</t>
+  </si>
+  <si>
+    <t>Агенти судбине</t>
+  </si>
+  <si>
+    <t>Usodni</t>
+  </si>
+  <si>
+    <t>Správcovia osudu</t>
+  </si>
+  <si>
+    <t>RU</t>
+  </si>
+  <si>
+    <t>Меняющие реальность</t>
+  </si>
+  <si>
+    <t>Kader Ajanları</t>
+  </si>
+  <si>
+    <t>AR,CO,MX,VE</t>
+  </si>
+  <si>
+    <t>Los agentes del destino</t>
+  </si>
+  <si>
+    <t>Агенти на съдбата</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>Os Agentes do Destino</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>Bureau de contrôle</t>
+  </si>
+  <si>
+    <t>Správci osudu</t>
+  </si>
+  <si>
     <t>Der Plan</t>
-  </si>
-[...76 lines deleted...]
-    <t>Správci osudu</t>
   </si>
   <si>
     <t>Saatuse büroo</t>
   </si>
   <si>
     <t>Destí ocult</t>
   </si>
   <si>
     <t>Destino oculto</t>
   </si>
   <si>
     <t>Kohtalon valvojat</t>
   </si>
   <si>
     <t>L'Agence</t>
   </si>
   <si>
     <t>Oi rythmistes</t>
   </si>
   <si>
     <t>Nemogući susret</t>
   </si>
   <si>
     <t>Sorsügynökség</t>
   </si>
@@ -1696,194 +1696,194 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>76</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="6" spans="1:2">
-      <c r="A6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B6" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>84</v>
+      </c>
       <c r="B9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="B10" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="B11" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>77</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B13" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>90</v>
       </c>
       <c r="B14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="B16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>94</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
       <c r="B18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B19" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>99</v>
+        <v>39</v>
       </c>
       <c r="B20" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B21" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>43</v>
       </c>
       <c r="B22" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>45</v>
       </c>
       <c r="B23" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>45</v>
       </c>
@@ -1983,67 +1983,67 @@
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>51</v>
       </c>
       <c r="B37" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>120</v>
       </c>
       <c r="B38" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B39" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B40" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B41" t="s">
         <v>124</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>