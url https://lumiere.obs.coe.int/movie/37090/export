--- v0 (2025-12-05)
+++ v1 (2026-01-14)
@@ -229,102 +229,102 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Itafilm</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Kamarád taky rád</t>
+  </si>
+  <si>
     <t>Draugiskas seksas</t>
   </si>
   <si>
     <t>AU,CA,GB,KR,NL,SE,SG,US</t>
   </si>
   <si>
     <t>Arkadastan Öte</t>
   </si>
   <si>
     <t>Kamarád taky rád 2D</t>
   </si>
   <si>
     <t>Mono to sex den ftanei</t>
   </si>
   <si>
     <t>Noderigi draugi</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Samo drugarski</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Друзi по сексу</t>
   </si>
   <si>
     <t>AR,CL,CO,MX</t>
   </si>
   <si>
     <t>Amigos con beneficios</t>
   </si>
   <si>
     <t>По приятелски</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Amizade Colorida</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Amis modernes</t>
-  </si>
-[...1 lines deleted...]
-    <t>Kamarád taky rád</t>
   </si>
   <si>
     <t>Freunde mit gewissen Vorzügen</t>
   </si>
   <si>
     <t>Bollevenner</t>
   </si>
   <si>
     <t>Seksisemud</t>
   </si>
   <si>
     <t>Con derecho a roce</t>
   </si>
   <si>
     <t>Vain seksiä</t>
   </si>
   <si>
     <t>Sexe entre amis</t>
   </si>
   <si>
     <t>Ohi mono filoi</t>
   </si>
   <si>
     <t>Veza bez obveza</t>
   </si>
@@ -1479,139 +1479,139 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="23.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
       <c r="B2" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
         <v>68</v>
       </c>
-      <c r="B4" t="s">
-[...3 lines deleted...]
-    <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>55</v>
+      </c>
+      <c r="B8" t="s">
         <v>77</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>82</v>
       </c>
       <c r="B11" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
+        <v>85</v>
+      </c>
+      <c r="B13" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="B14" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>37</v>
       </c>
       <c r="B15" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>38</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>39</v>
       </c>
@@ -1727,83 +1727,83 @@
       <c r="A31" t="s">
         <v>59</v>
       </c>
       <c r="B31" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>63</v>
       </c>
       <c r="B33" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B34" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
         <v>65</v>
       </c>
       <c r="B35" t="s">
         <v>111</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
         <v>66</v>
       </c>
       <c r="B36" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>68</v>
       </c>
       <c r="B37" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B38" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
         <v>115</v>
       </c>
       <c r="B39" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>117</v>
       </c>
       <c r="B40" t="s">
         <v>118</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>