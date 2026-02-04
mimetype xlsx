--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -187,83 +187,89 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Tatra Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Дилема</t>
+  </si>
+  <si>
+    <t>AU,CA,FI,GB,NL,US</t>
+  </si>
+  <si>
+    <t>Dilema 2D</t>
+  </si>
+  <si>
+    <t>Dilema / Šutnja (Ni)Je Zlato</t>
+  </si>
+  <si>
+    <t>Šutnja (ni)je zlato</t>
+  </si>
+  <si>
+    <t>Yaman Çeliski</t>
+  </si>
+  <si>
+    <t>LT,SI</t>
+  </si>
+  <si>
+    <t>Dilema</t>
+  </si>
+  <si>
+    <t>AR,CO,MX</t>
+  </si>
+  <si>
+    <t>El dilema</t>
+  </si>
+  <si>
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>Le dilemme</t>
   </si>
   <si>
-    <t>AU,CA,FI,GB,NL,US</t>
-[...25 lines deleted...]
-  <si>
     <t>Да кажа или да не кажа?</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>O Dilema</t>
   </si>
   <si>
     <t>Dickste Freunde</t>
   </si>
   <si>
     <t>EE,FI,LV</t>
   </si>
   <si>
     <t>Dilemma</t>
   </si>
   <si>
     <t>¡Qué dilema!</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Paha paikka</t>
@@ -292,57 +298,51 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Cum s-o dai sa fie bine?</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Yaman Çelişki</t>
   </si>
   <si>
     <t>Cheaters</t>
   </si>
   <si>
     <t>Untitled Vince Vaughn Project</t>
   </si>
   <si>
     <t>What You Don't Know</t>
   </si>
   <si>
     <t>Your Cheating Heart</t>
   </si>
   <si>
-    <t>UA</t>
-[...1 lines deleted...]
-  <si>
     <t>Без обману</t>
-  </si>
-[...1 lines deleted...]
-    <t>Дилема</t>
   </si>
   <si>
     <t>Το δίλημμα</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Дилемма</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1272,195 +1272,195 @@
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>64</v>
       </c>
       <c r="B8" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>66</v>
       </c>
       <c r="B9" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>29</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>69</v>
+        <v>29</v>
       </c>
       <c r="B11" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>72</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>36</v>
+        <v>74</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>75</v>
+        <v>36</v>
       </c>
       <c r="B15" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="B16" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B17" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>82</v>
       </c>
       <c r="B20" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>84</v>
       </c>
       <c r="B21" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>6</v>
+        <v>88</v>
       </c>
       <c r="B23" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>92</v>
+        <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>92</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>39</v>
       </c>
       <c r="B29" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>96</v>
       </c>
       <c r="B30" t="s">
         <v>97</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>