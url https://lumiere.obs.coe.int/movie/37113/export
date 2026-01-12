--- v0 (2025-11-13)
+++ v1 (2026-01-12)
@@ -244,54 +244,54 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>NOS Lusomundo Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Ciglik 4</t>
+  </si>
+  <si>
     <t>AR,AU,CA,DE,ES,FR,GB,GR,IT,MX,NL,SE,SG,US</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ciglik 4</t>
   </si>
   <si>
     <t>Çiğlik 4</t>
   </si>
   <si>
     <t>ðÉÓßË 4</t>
   </si>
   <si>
     <t>Sceam 4</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Scre4m: grita de nuevo</t>
   </si>
   <si>
     <t>Vreskot 4</t>
   </si>
   <si>
     <t>Vrískot 4</t>
   </si>
   <si>
     <t>Vřískot 4 2D</t>
   </si>
@@ -1562,62 +1562,62 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B3" t="s">
-        <v>77</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>81</v>
       </c>
       <c r="B7" t="s">
         <v>82</v>
       </c>
     </row>