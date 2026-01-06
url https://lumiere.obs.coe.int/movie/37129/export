--- v0 (2025-12-10)
+++ v1 (2026-01-06)
@@ -220,81 +220,81 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Pris Audiovisuais</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Noble Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Fifti-fifti</t>
+  </si>
+  <si>
+    <t>50 e 50</t>
+  </si>
+  <si>
     <t>AR,AU,BG,CA,ES,FI,FR,GB,GR,HK,MX,NL,PT,RO,SE,SG,US</t>
   </si>
   <si>
     <t>50/50 - Freunde fürs (Über)leben</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Pól na pól</t>
   </si>
   <si>
     <t>Sansa Bak</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>50%</t>
   </si>
   <si>
     <t>50/50: Freunde fürs (Über)Leben</t>
   </si>
   <si>
     <t>50/50 - onnen kauppaa</t>
-  </si>
-[...4 lines deleted...]
-    <t>50 e 50</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>50/50 フィフティ・フィフティ</t>
   </si>
   <si>
     <t>Pół na pół</t>
   </si>
   <si>
     <t>Şansa Bak</t>
   </si>
   <si>
     <t>I'm with Cancer</t>
   </si>
   <si>
     <t>Live with It</t>
   </si>
   <si>
     <t>Untitled Cancer Comedy</t>
   </si>
   <si>
     <t>Untitled Seth Rogen Project</t>
   </si>
@@ -1365,125 +1365,125 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="49.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
         <v>68</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>53</v>
+      </c>
       <c r="B3" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>71</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>72</v>
+      </c>
+      <c r="B6" t="s">
         <v>73</v>
       </c>
-      <c r="B6" t="s">
+    </row>
+    <row r="7" spans="1:2">
+      <c r="B7" t="s">
         <v>74</v>
-      </c>
-[...6 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>37</v>
       </c>
       <c r="B9" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="B10" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>79</v>
       </c>
       <c r="B11" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B12" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>64</v>
       </c>
       <c r="B13" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>6</v>
       </c>
       <c r="B14" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>6</v>
       </c>