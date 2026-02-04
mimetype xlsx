--- v0 (2025-11-17)
+++ v1 (2026-02-04)
@@ -250,84 +250,84 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Caça às Bruxas</t>
+  </si>
+  <si>
     <t>AU,CA,DK,GB,US</t>
   </si>
   <si>
     <t>Cadilar zamani</t>
   </si>
   <si>
     <t>El Exorcismo de la Bruja</t>
   </si>
   <si>
     <t>Hon na carodejnice</t>
   </si>
   <si>
     <t>Lov na vjestice</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Час вiдьом</t>
   </si>
   <si>
     <t>AR,CL</t>
   </si>
   <si>
     <t>Cacería de brujas</t>
   </si>
   <si>
     <t>Сезонът на вещиците</t>
-  </si>
-[...4 lines deleted...]
-    <t>Caça às Bruxas</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>La sorcière noire</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Temporada de brujas</t>
   </si>
   <si>
     <t>Hon na čarodějnice</t>
   </si>
   <si>
     <t>Der letzte Tempelritter</t>
   </si>
   <si>
     <t>Musta nõia aasta</t>
   </si>
   <si>
     <t>En temps de bruixes</t>
   </si>
@@ -1502,106 +1502,106 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>79</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
         <v>74</v>
       </c>
-      <c r="B3" t="s">
-[...3 lines deleted...]
-    <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>35</v>
       </c>
-      <c r="B5" t="s">
-[...3 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>85</v>
       </c>
       <c r="B8" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>87</v>
       </c>
       <c r="B9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>90</v>
       </c>
       <c r="B11" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>92</v>
       </c>
       <c r="B12" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>35</v>
       </c>
@@ -1789,51 +1789,51 @@
       <c r="A36" t="s">
         <v>72</v>
       </c>
       <c r="B36" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
         <v>74</v>
       </c>
       <c r="B37" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="38" spans="1:2">
       <c r="A38" t="s">
         <v>122</v>
       </c>
       <c r="B38" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="39" spans="1:2">
       <c r="A39" t="s">
-        <v>83</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="40" spans="1:2">
       <c r="A40" t="s">
         <v>51</v>
       </c>
       <c r="B40" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">