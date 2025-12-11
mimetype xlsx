--- v0 (2025-11-17)
+++ v1 (2025-12-11)
@@ -118,93 +118,93 @@
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GB_IE</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>20th Century Fox/Warner Bros.</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Glee: O Filme</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Клуб Веселие: Концертът</t>
   </si>
   <si>
     <t>CZ,US</t>
   </si>
   <si>
     <t>Glee Live! 3D!</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Glee: The Concert 3D Movie</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Glee 3D Konser</t>
   </si>
   <si>
     <t>glee グリー ザ・コンサート 3Dムービー</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Glee 3D: La película</t>
   </si>
   <si>
-    <t>BR</t>
-[...1 lines deleted...]
-  <si>
     <t>Glee 3D: O Filme</t>
-  </si>
-[...1 lines deleted...]
-    <t>Glee: O Filme</t>
   </si>
   <si>
     <t>Glee on Tour - Der 3D Film</t>
   </si>
   <si>
     <t>Glee on Tour - Der Film</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Glee en concierto</t>
   </si>
   <si>
     <t>Glee: La película</t>
   </si>
   <si>
     <t>Glee! On Tour - 3D</t>
   </si>
   <si>
     <t>GR,PL</t>
   </si>
   <si>
     <t>Glee: The Concert Movie</t>
   </si>
@@ -886,83 +886,83 @@
       <c r="A3" t="s">
         <v>36</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="B6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>1</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>46</v>
       </c>
       <c r="B9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="B10" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>24</v>
       </c>
       <c r="B11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>24</v>
       </c>
       <c r="B12" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>51</v>
       </c>