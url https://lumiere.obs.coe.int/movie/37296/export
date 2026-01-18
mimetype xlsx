--- v0 (2025-12-06)
+++ v1 (2026-01-18)
@@ -247,78 +247,78 @@
   <si>
     <t>Asociatia Culturala Macondo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AR,AU,CA,FR,GB,HK,NL,SG,US</t>
+  </si>
+  <si>
+    <t>Degošie</t>
+  </si>
+  <si>
+    <t>Die Frau, die singt</t>
+  </si>
+  <si>
+    <t>Içimdeki Yangin</t>
+  </si>
+  <si>
+    <t>Mesa apo tis floges</t>
+  </si>
+  <si>
+    <t>Nasa majka</t>
+  </si>
+  <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Pozáry</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Zgarišta</t>
-  </si>
-[...16 lines deleted...]
-    <t>Nasa majka</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Пожежi</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Изпепелени</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Incêndios</t>
   </si>
   <si>
     <t>Požáry</t>
   </si>
   <si>
     <t>Die Frau die singt - Incendies</t>
   </si>
@@ -1807,124 +1807,124 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="30" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>77</v>
       </c>
       <c r="B2" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>78</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-      <c r="A3" t="s">
+    <row r="4" spans="1:2">
+      <c r="B4" t="s">
         <v>79</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" t="s">
         <v>80</v>
-      </c>
-[...11 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="8" spans="1:2">
+      <c r="A8" t="s">
         <v>83</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B7" t="s">
+      <c r="B8" t="s">
         <v>84</v>
       </c>
     </row>
-    <row r="8" spans="1:2">
-      <c r="B8" t="s">
+    <row r="9" spans="1:2">
+      <c r="A9" t="s">
         <v>85</v>
       </c>
-    </row>
-    <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>87</v>
       </c>
       <c r="B10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>89</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>91</v>
       </c>
       <c r="B12" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="B13" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>44</v>
       </c>
       <c r="B15" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>45</v>
       </c>
@@ -2024,51 +2024,51 @@
       <c r="A28" t="s">
         <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>68</v>
       </c>
       <c r="B30" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>70</v>
       </c>
       <c r="B32" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>52</v>
       </c>
       <c r="B33" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
         <v>120</v>
       </c>