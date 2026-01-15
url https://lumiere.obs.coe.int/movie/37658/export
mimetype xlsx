--- v0 (2025-12-05)
+++ v1 (2026-01-15)
@@ -277,264 +277,264 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Blitz Film</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Neaizskaramie</t>
+  </si>
+  <si>
+    <t>CA,FR,HK,NL</t>
+  </si>
+  <si>
+    <t>Недосегаемите</t>
+  </si>
+  <si>
+    <t>GB,IE</t>
+  </si>
+  <si>
+    <t>Untouchable</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>最強のふたり</t>
+  </si>
+  <si>
+    <t>AU,CA,NZ,SG,US</t>
+  </si>
+  <si>
+    <t>The Intouchables</t>
+  </si>
+  <si>
+    <t>Can Dostum</t>
+  </si>
+  <si>
+    <t>Άθικτοι</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Недоторканнi</t>
+  </si>
+  <si>
+    <t>AR,MX</t>
+  </si>
+  <si>
+    <t>Amigos intocables</t>
+  </si>
+  <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Intocáveis</t>
+  </si>
+  <si>
+    <t>CL</t>
+  </si>
+  <si>
+    <t>Amigos</t>
+  </si>
+  <si>
+    <t>CN</t>
+  </si>
+  <si>
+    <t>触不可及</t>
+  </si>
+  <si>
+    <t>Nedotknutelní</t>
+  </si>
+  <si>
+    <t>Ziemlich beste Freunde</t>
+  </si>
+  <si>
+    <t>DK,NO</t>
+  </si>
+  <si>
+    <t>De urørlige</t>
+  </si>
+  <si>
+    <t>Intocable</t>
+  </si>
+  <si>
+    <t>Koskemattomat</t>
+  </si>
+  <si>
+    <t>Οι άθικτοι</t>
+  </si>
+  <si>
+    <t>HK</t>
+  </si>
+  <si>
+    <t>閃亮人生</t>
+  </si>
+  <si>
+    <t>Nedodirljivi</t>
+  </si>
+  <si>
+    <t>Életrevalók</t>
+  </si>
+  <si>
+    <t>Quasi amici - Intouchables</t>
+  </si>
+  <si>
+    <t>Saikyô no futari</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>언터처블: 1%의 우정</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Neliečiamieji</t>
+  </si>
+  <si>
+    <t>Nietykalni</t>
+  </si>
+  <si>
+    <t>Amigos Improváveis</t>
+  </si>
+  <si>
+    <t>Invincibilii</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Недодирљиви</t>
+  </si>
+  <si>
+    <t>En oväntad vänskap</t>
+  </si>
+  <si>
+    <t>Prijatelja</t>
+  </si>
+  <si>
+    <t>Nedotknuteľní</t>
+  </si>
+  <si>
+    <t>VE</t>
+  </si>
+  <si>
+    <t>Amigos para siempre</t>
+  </si>
+  <si>
+    <t>1 + 1</t>
+  </si>
+  <si>
+    <t>AZ</t>
+  </si>
+  <si>
+    <t>"1+1" (film)</t>
+  </si>
+  <si>
+    <t>Ҡағылғыһыҙҙар</t>
+  </si>
+  <si>
+    <t>BY</t>
+  </si>
+  <si>
+    <t>Недатыкальныя</t>
+  </si>
+  <si>
+    <t>دست نیافتنی ها</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>מחוברים לחיים</t>
+  </si>
+  <si>
+    <t>KZ</t>
+  </si>
+  <si>
+    <t>Жан досым</t>
+  </si>
+  <si>
+    <t>KG</t>
+  </si>
+  <si>
+    <t>Кол тийбестер</t>
+  </si>
+  <si>
+    <t>NP</t>
+  </si>
+  <si>
+    <t>द इनटचेबल्स</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>ਐਂਤੂਸ਼ਾਬਲ</t>
+  </si>
+  <si>
+    <t>த இன்டச்சபில்ஸ்</t>
+  </si>
+  <si>
+    <t>Кагылгысызлар</t>
+  </si>
+  <si>
+    <t>UZ</t>
+  </si>
+  <si>
+    <t>1+1 kino</t>
+  </si>
+  <si>
+    <t>无法触碰</t>
+  </si>
+  <si>
+    <t>ხეუხებუეფი</t>
+  </si>
+  <si>
     <t>Athiktoi</t>
-  </si>
-[...211 lines deleted...]
-    <t>ხეუხებუეფი</t>
   </si>
   <si>
     <t>Quasi amici</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>ხელშეუხებელნი</t>
   </si>
   <si>
     <t>RU,UA</t>
   </si>
   <si>
     <t>1+1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="### ### ##0"/>
   </numFmts>
   <fonts count="3">
@@ -2270,429 +2270,429 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B54"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="15.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="B3" t="s">
-        <v>88</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B4" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="B5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B6" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B7" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="B8" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="B9" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>57</v>
+        <v>98</v>
       </c>
       <c r="B10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>107</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B16" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>45</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
-        <v>111</v>
+        <v>50</v>
       </c>
       <c r="B18" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B19" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>57</v>
+        <v>115</v>
       </c>
       <c r="B21" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>116</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B24" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="B25" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>93</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B27" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>72</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="B29" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="B30" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
-        <v>76</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
-        <v>129</v>
+        <v>78</v>
       </c>
       <c r="B32" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B33" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="34" spans="1:2">
       <c r="A34" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B34" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="35" spans="1:2">
       <c r="A35" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="B35" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="36" spans="1:2">
       <c r="A36" t="s">
-        <v>134</v>
+        <v>48</v>
       </c>
       <c r="B36" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="37" spans="1:2">
       <c r="A37" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="B37" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="38" spans="1:2">
-      <c r="A38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B38" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="39" spans="1:2">
+      <c r="A39" t="s">
+        <v>139</v>
+      </c>
       <c r="B39" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="40" spans="1:2">
-      <c r="A40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B40" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="41" spans="1:2">
+      <c r="A41" t="s">
+        <v>142</v>
+      </c>
       <c r="B41" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B42" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B43" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B44" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B45" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B46" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="47" spans="1:2">
-      <c r="A47" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B47" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="48" spans="1:2">
+      <c r="A48" t="s">
+        <v>154</v>
+      </c>
       <c r="B48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
     </row>
     <row r="49" spans="1:2">
-      <c r="A49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B49" t="s">
         <v>156</v>
       </c>
     </row>
     <row r="50" spans="1:2">
       <c r="B50" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="51" spans="1:2">
+      <c r="A51" t="s">
+        <v>57</v>
+      </c>
       <c r="B51" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:2">
       <c r="A52" t="s">
         <v>64</v>
       </c>
       <c r="B52" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="53" spans="1:2">
       <c r="A53" t="s">
         <v>160</v>
       </c>
       <c r="B53" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="54" spans="1:2">
       <c r="A54" t="s">
         <v>162</v>
       </c>
       <c r="B54" t="s">