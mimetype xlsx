--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -286,84 +286,84 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Rzez</t>
+  </si>
+  <si>
     <t>Acımasız Tanrı</t>
   </si>
   <si>
     <t>AU,CA,FR,GB,HK,IT,NL,SE,US</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>God of Carnage</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Різанина</t>
   </si>
   <si>
     <t>Acimasiz Tanri</t>
   </si>
   <si>
     <t>Bůh masakru</t>
   </si>
   <si>
     <t>Doamne... Ce Macel!</t>
   </si>
   <si>
     <t>God of Damage</t>
   </si>
   <si>
     <t>Masakar</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rzez</t>
   </si>
   <si>
     <t>Un dèu salvatge</t>
   </si>
   <si>
     <t>Рiзанина</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Un dios salvaje</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Касапница</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Deus da Carnificina</t>
   </si>
@@ -2041,121 +2041,121 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>86</v>
+        <v>74</v>
       </c>
       <c r="B2" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>92</v>
       </c>
       <c r="B4" t="s">
-        <v>93</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
         <v>94</v>
       </c>
-      <c r="B5" t="s">
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>95</v>
       </c>
-    </row>
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B13" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>104</v>
       </c>
       <c r="B14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>106</v>
       </c>
       <c r="B15" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>108</v>
       </c>