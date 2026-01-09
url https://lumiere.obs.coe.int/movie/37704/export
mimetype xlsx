--- v1 (2025-12-16)
+++ v2 (2026-01-09)
@@ -286,86 +286,95 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Continental Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Kivirčas</t>
+  </si>
+  <si>
+    <t>Asinspirts</t>
+  </si>
+  <si>
+    <t>Acımasız Tanrı</t>
+  </si>
+  <si>
+    <t>AU,CA,FR,GB,HK,IT,NL,SE,US</t>
+  </si>
+  <si>
+    <t>US</t>
+  </si>
+  <si>
+    <t>God of Carnage</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Різанина</t>
+  </si>
+  <si>
+    <t>Acimasiz Tanri</t>
+  </si>
+  <si>
+    <t>Bůh masakru</t>
+  </si>
+  <si>
+    <t>Doamne... Ce Macel!</t>
+  </si>
+  <si>
+    <t>God of Damage</t>
+  </si>
+  <si>
+    <t>Masakar</t>
+  </si>
+  <si>
     <t>Rzez</t>
   </si>
   <si>
-    <t>Acımasız Tanrı</t>
-[...31 lines deleted...]
-  <si>
     <t>Un dèu salvatge</t>
   </si>
   <si>
     <t>Рiзанина</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Un dios salvaje</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Касапница</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Deus da Carnificina</t>
   </si>
   <si>
     <t>CL,MX</t>
@@ -392,59 +401,50 @@
     <t>Un déu salvatge</t>
   </si>
   <si>
     <t>Ylilyönti</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Zhleta</t>
   </si>
   <si>
     <t>O theos tis sfagis</t>
   </si>
   <si>
     <t>Bračne svađe</t>
   </si>
   <si>
     <t>Az öldöklés istene</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>おとなのけんか</t>
-  </si>
-[...7 lines deleted...]
-    <t>Asinspirts</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>躁爸爸狂媽媽</t>
   </si>
   <si>
     <t>Blodig alvor</t>
   </si>
   <si>
     <t>Rzeź</t>
   </si>
   <si>
     <t>O Deus da Carnificina</t>
   </si>
   <si>
     <t>Doamne ... ce macel!</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Krvoproliće</t>
   </si>
@@ -2041,257 +2041,257 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="B2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>86</v>
+        <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>93</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="B5" t="s">
-        <v>94</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>95</v>
       </c>
       <c r="B6" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="7" spans="1:2">
+      <c r="A7" t="s">
+        <v>97</v>
+      </c>
       <c r="B7" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="B10" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="B12" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="14" spans="1:2">
-      <c r="A14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B14" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
+        <v>97</v>
+      </c>
+      <c r="B15" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
+        <v>107</v>
+      </c>
+      <c r="B16" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
+        <v>109</v>
+      </c>
+      <c r="B17" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
         <v>112</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>43</v>
+        <v>113</v>
       </c>
       <c r="B19" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>45</v>
+        <v>115</v>
       </c>
       <c r="B20" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B23" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
-        <v>119</v>
+        <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="B25" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="B26" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B27" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>124</v>
+        <v>61</v>
       </c>
       <c r="B28" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
+        <v>63</v>
+      </c>
+      <c r="B29" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
-        <v>68</v>
+        <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>129</v>
       </c>
       <c r="B31" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:2">
       <c r="A32" t="s">
         <v>72</v>
       </c>
       <c r="B32" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:2">
       <c r="A33" t="s">
         <v>74</v>
       </c>