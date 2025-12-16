--- v0 (2025-11-24)
+++ v1 (2025-12-16)
@@ -265,99 +265,99 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,ES,GB,IT,NL,US</t>
+  </si>
+  <si>
+    <t>Histerija</t>
+  </si>
+  <si>
+    <t>Histerija: Tajne ženskog orgazma</t>
+  </si>
+  <si>
+    <t>I mihani tis haras</t>
+  </si>
+  <si>
+    <t>In guten Händen</t>
+  </si>
+  <si>
+    <t>Vrtěti ženou</t>
+  </si>
+  <si>
+    <t>AR</t>
+  </si>
+  <si>
+    <t>Histeria, la historia de un deseo</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Истерия</t>
+  </si>
+  <si>
+    <t>BR,CL,PL</t>
+  </si>
+  <si>
+    <t>Histeria</t>
+  </si>
+  <si>
+    <t>CA</t>
+  </si>
+  <si>
+    <t>La petite histoire du plaisir</t>
+  </si>
+  <si>
+    <t>In guten Händen - Oder die Geschichte der Erfindung des Vibrators</t>
+  </si>
+  <si>
     <t>Minu suur O!</t>
   </si>
   <si>
     <t>Oh My God!</t>
-  </si>
-[...43 lines deleted...]
-    <t>In guten Händen - Oder die Geschichte der Erfindung des Vibrators</t>
   </si>
   <si>
     <t>Histerija: Tajna ženskog orgazma</t>
   </si>
   <si>
     <t>Hisztéria</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>ヒステリア</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Mano didysis O!</t>
   </si>
   <si>
     <t>Mans lielais O!</t>
   </si>
   <si>
     <t>Histeria - Romantyczna historia wibratora</t>
   </si>
@@ -1805,135 +1805,135 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="59.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>46</v>
+        <v>83</v>
       </c>
       <c r="B2" t="s">
-        <v>83</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B3" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>85</v>
       </c>
-      <c r="B4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>56</v>
+      </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="8" spans="1:2">
+      <c r="A8" t="s">
+        <v>89</v>
+      </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:2">
+      <c r="A9" t="s">
+        <v>91</v>
+      </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>97</v>
+        <v>46</v>
       </c>
       <c r="B13" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="B14" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>60</v>
       </c>
       <c r="B16" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>102</v>
       </c>