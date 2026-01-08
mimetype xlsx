--- v0 (2025-11-20)
+++ v1 (2026-01-08)
@@ -235,84 +235,84 @@
   <si>
     <t>Midas Filmes</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TriArt Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>Le cheval de Turin</t>
+  </si>
+  <si>
     <t>To alogo tou Torinou</t>
   </si>
   <si>
     <t>Torino ati</t>
   </si>
   <si>
     <t>Turīnas zirgs</t>
   </si>
   <si>
     <t>Turínsky kôň</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Торинският кон</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Cavalo de Turin</t>
   </si>
   <si>
     <t>CA,GB,US</t>
   </si>
   <si>
     <t>The Turin Horse</t>
-  </si>
-[...4 lines deleted...]
-    <t>Le cheval de Turin</t>
   </si>
   <si>
     <t>Turínský Kůň</t>
   </si>
   <si>
     <t>Das Pferd von Turin</t>
   </si>
   <si>
     <t>Das Turiner Pferd</t>
   </si>
   <si>
     <t>Hesten fra Torino</t>
   </si>
   <si>
     <t>Torino hobune</t>
   </si>
   <si>
     <t>ES,MX</t>
   </si>
   <si>
     <t>El caballo de Turín</t>
   </si>
   <si>
     <t>FI</t>
   </si>
@@ -1648,78 +1648,78 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
-        <v>73</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>79</v>
       </c>
       <c r="B8" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>81</v>
       </c>
       <c r="B9" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>83</v>
       </c>
       <c r="B10" t="s">