--- v0 (2025-11-21)
+++ v1 (2025-12-11)
@@ -121,50 +121,56 @@
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Temporary Import Filme</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Swashbuckler Films</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>SU</t>
+  </si>
+  <si>
+    <t>Вор</t>
+  </si>
+  <si>
     <t>BG</t>
   </si>
   <si>
     <t>Крадецът</t>
   </si>
   <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>The Thief of Paris</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>De dief</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Tyven fra Paris</t>
@@ -236,56 +242,50 @@
     <t>NO</t>
   </si>
   <si>
     <t>Tyven, tyven</t>
   </si>
   <si>
     <t>Życie złodzieja</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>O Ladrão de Paris</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Tjuven</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Tat iz Pariza</t>
-  </si>
-[...4 lines deleted...]
-    <t>Вор</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Kradljivac iz Pariza</t>
   </si>
   <si>
     <t>DD</t>
   </si>
   <si>
     <t>Der Dieb von Paris</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>The Thief</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -934,184 +934,184 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>37</v>
       </c>
       <c r="B3" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>39</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" t="s">
-        <v>41</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>46</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>52</v>
       </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>56</v>
       </c>
       <c r="B14" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>58</v>
       </c>
       <c r="B15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="B16" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>63</v>
       </c>
       <c r="B18" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>65</v>
       </c>
       <c r="B19" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>31</v>
+        <v>67</v>
       </c>
       <c r="B20" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
-        <v>68</v>
+        <v>31</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>70</v>
       </c>
       <c r="B22" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
         <v>72</v>
       </c>
       <c r="B23" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>74</v>
       </c>