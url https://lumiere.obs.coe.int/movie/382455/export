--- v0 (2025-11-19)
+++ v1 (2025-12-21)
@@ -85,81 +85,81 @@
   <si>
     <t>Market</t>
   </si>
   <si>
     <t>Distributor</t>
   </si>
   <si>
     <t>Release date</t>
   </si>
   <si>
     <t>Total since 2015</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>Divagazioni erotiche</t>
+  </si>
+  <si>
     <t>CA,US</t>
   </si>
   <si>
     <t>Grimm's Fairy Tales for Adults</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Lystig porno i Eventyrland</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Los eróticos cuentos de Grimm</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Sen pituinen se!</t>
   </si>
   <si>
     <t>Les contes de Grimm pour grandes personnes</t>
-  </si>
-[...4 lines deleted...]
-    <t>Divagazioni erotiche</t>
   </si>
   <si>
     <t>Pornodivagazioni erotiche</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Grimms sagor för vuxna</t>
   </si>
   <si>
     <t>Snövits hemliga sexliv</t>
   </si>
   <si>
     <t>Schneewittchen... doch ein Flittchen</t>
   </si>
   <si>
     <t>AU,GB,US</t>
   </si>
   <si>
     <t>The New Adventures of Snow White</t>
   </si>
 </sst>
 </file>
 
@@ -711,67 +711,67 @@
       <c r="A3" t="s">
         <v>25</v>
       </c>
       <c r="B3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>27</v>
       </c>
       <c r="B4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
-        <v>32</v>
+        <v>23</v>
       </c>
       <c r="B8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="B11" t="s">
         <v>38</v>
       </c>