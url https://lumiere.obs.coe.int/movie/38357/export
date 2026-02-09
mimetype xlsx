--- v0 (2025-12-10)
+++ v1 (2026-02-09)
@@ -229,105 +229,105 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Asociatia Culturala Macondo</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Folkets Bio</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Demiurg</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>アルプス</t>
+  </si>
+  <si>
     <t>AR,CA,CL,ES,FR,GB,GR,IT,US</t>
   </si>
   <si>
     <t>Alps</t>
   </si>
   <si>
     <t>Alpen</t>
   </si>
   <si>
     <t>NO,SE</t>
   </si>
   <si>
     <t>Alper</t>
   </si>
   <si>
     <t>HR,SI</t>
   </si>
   <si>
     <t>Alpe</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Alpler</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Алпи</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Alpes</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Alperne</t>
   </si>
   <si>
     <t>Alpok</t>
   </si>
   <si>
     <t>Άλπεις</t>
-  </si>
-[...4 lines deleted...]
-    <t>アルプス</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Alps: Los suplantadores</t>
   </si>
   <si>
     <t>Alpy</t>
   </si>
   <si>
     <t>Alpii</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Alpi</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Альпы</t>
   </si>
@@ -1534,137 +1534,137 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
       <c r="B2" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...6 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>44</v>
+        <v>73</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="B5" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>76</v>
       </c>
       <c r="B6" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>78</v>
       </c>
       <c r="B7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>80</v>
       </c>
       <c r="B8" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>82</v>
       </c>
       <c r="B9" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>84</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
-        <v>54</v>
+        <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>6</v>
+        <v>54</v>
       </c>
       <c r="B12" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>88</v>
+        <v>6</v>
       </c>
       <c r="B13" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>90</v>
       </c>
       <c r="B14" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>60</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>63</v>
       </c>