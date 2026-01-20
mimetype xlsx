--- v0 (2025-12-10)
+++ v1 (2026-01-20)
@@ -118,50 +118,53 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Paycom Multimedia</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>LV</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Spąstai</t>
+  </si>
+  <si>
     <t>AU,ES,FI,GB,GR,NL,US</t>
   </si>
   <si>
     <t>Set-Up</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Braqueurs</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Violando leyes</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Капан</t>
   </si>
   <si>
     <t>BR</t>
@@ -170,53 +173,50 @@
     <t>Sem Lei</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Set Up - Freunde für's Leben, Feinde für die Ewigkeit</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Setup - Petetty</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Felültetve</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>セットアップ</t>
-  </si>
-[...1 lines deleted...]
-    <t>Spąstai</t>
   </si>
   <si>
     <t>Nodevība</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>La Trampa</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Mokra robota</t>
   </si>
   <si>
     <t>A Cilada</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Plan</t>
   </si>
@@ -862,128 +862,128 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="20" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="47.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
         <v>34</v>
       </c>
-      <c r="B2" t="s">
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
-    <row r="3" spans="1:2">
-[...3 lines deleted...]
-    </row>
     <row r="4" spans="1:2">
-      <c r="A4" t="s">
+      <c r="B4" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
+        <v>39</v>
+      </c>
+      <c r="B6" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B7" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
+        <v>49</v>
+      </c>
+      <c r="B11" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>51</v>
       </c>
       <c r="B12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
         <v>54</v>
       </c>
       <c r="B14" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>56</v>
       </c>