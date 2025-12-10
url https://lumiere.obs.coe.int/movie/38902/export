--- v0 (2025-11-20)
+++ v1 (2025-12-10)
@@ -136,53 +136,74 @@
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Hispano Foxfilms</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Filmtrade</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>ASFK</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>大恋愛</t>
+  </si>
+  <si>
+    <t>NO</t>
+  </si>
+  <si>
+    <t>Den store kjærligheten</t>
+  </si>
+  <si>
     <t>PL</t>
   </si>
   <si>
+    <t>Wielka miłość</t>
+  </si>
+  <si>
+    <t>PT</t>
+  </si>
+  <si>
+    <t>O Grande Amor</t>
+  </si>
+  <si>
     <t>Wielka milosc</t>
   </si>
   <si>
     <t>No no no con tua madre non ci sto</t>
   </si>
   <si>
     <t>Velká láska</t>
   </si>
   <si>
     <t>Veľká láska</t>
   </si>
   <si>
     <t>The Great Love</t>
   </si>
   <si>
     <t>Большая любовь</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Esse Louco, Louco Amor</t>
   </si>
   <si>
     <t>DK</t>
@@ -197,71 +218,50 @@
     <t>FI</t>
   </si>
   <si>
     <t>Hassu haaveilija</t>
   </si>
   <si>
     <t>GB,US</t>
   </si>
   <si>
     <t>Le Grand Amour</t>
   </si>
   <si>
     <t>O megalos erotas</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Nagy szerelem</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>No, no, no, con tua madre non ci sto!</t>
-  </si>
-[...19 lines deleted...]
-    <t>O Grande Amor</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Marea dragoste</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Den stora kärleken</t>
   </si>
   <si>
     <t>Le grand Amour - Wahre Liebe rostet nicht</t>
   </si>
   <si>
     <t>Wahre Liebe rostet nicht</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="1">
@@ -961,172 +961,172 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="38.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>6</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>41</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>44</v>
+      </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>6</v>
+      </c>
       <c r="B6" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>44</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="11" spans="1:2">
-      <c r="A11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B11" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12" spans="1:2">
-      <c r="A12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B12" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>54</v>
       </c>
       <c r="B13" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" t="s">
-        <v>34</v>
+        <v>56</v>
       </c>
       <c r="B14" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>57</v>
+        <v>32</v>
       </c>
       <c r="B15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>59</v>
       </c>
       <c r="B16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>34</v>
+      </c>
+      <c r="B18" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="B19" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>66</v>
       </c>
       <c r="B20" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>68</v>
       </c>
       <c r="B21" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>70</v>
       </c>