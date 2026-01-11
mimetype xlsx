--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -187,63 +187,63 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Contractory Studio</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>CJ ENM MEDYA FİLM YAPIM VE DAĞITIM A.Ş.</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Não Abra!</t>
+  </si>
+  <si>
     <t>AT,AU,CA,DE,GB,IE,JP,NZ,SG,US</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>No lo abras</t>
-  </si>
-[...4 lines deleted...]
-    <t>Não Abra!</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>No lo Abras</t>
   </si>
   <si>
     <t>See elab sinu sees</t>
   </si>
   <si>
     <t>Vive dentro</t>
   </si>
   <si>
     <t>Inside</t>
   </si>
   <si>
     <t>Ahol a sötétség lakozik</t>
   </si>
   <si>
     <t>Jis gyvena viduje</t>
   </si>
   <si>
     <t>MX</t>
   </si>
@@ -1108,59 +1108,59 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="28.5703125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="21.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>58</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>59</v>
+        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>60</v>
       </c>
       <c r="B4" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
         <v>62</v>
       </c>
       <c r="B5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>27</v>
       </c>
       <c r="B6" t="s">
         <v>64</v>
       </c>