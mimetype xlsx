--- v0 (2025-12-12)
+++ v1 (2026-01-21)
@@ -163,84 +163,84 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>FINA</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Arhiva Nationala de Filme</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>HU</t>
+  </si>
+  <si>
+    <t>Vámpír</t>
+  </si>
+  <si>
     <t>BR</t>
   </si>
   <si>
     <t>O Vampiro</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Upír aneb Podivné dobrodružství Davida Graye</t>
   </si>
   <si>
     <t>CA,DE,DK,ES,GB,IT,MX,NL,US</t>
   </si>
   <si>
     <t>Vampyr - Der Traum des Allan Grey</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Vampyyri</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Vampyr, ou l'étrange aventure de David Gray</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vámpír</t>
   </si>
   <si>
     <t>Il vampiro</t>
   </si>
   <si>
     <t>Vampyr - Il vampiro</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>뱀파이어</t>
   </si>
   <si>
     <t>Wampir</t>
   </si>
   <si>
     <t>Vampiro</t>
   </si>
   <si>
     <t>Vampirul</t>
   </si>
   <si>
     <t>US</t>
   </si>
@@ -1122,64 +1122,64 @@
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>49</v>
       </c>
       <c r="B2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>51</v>
       </c>
       <c r="B3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>1</v>
+        <v>54</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>55</v>
       </c>
       <c r="B5" t="s">
-        <v>54</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>6</v>
       </c>
       <c r="B6" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>59</v>
       </c>
       <c r="B8" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>37</v>
       </c>