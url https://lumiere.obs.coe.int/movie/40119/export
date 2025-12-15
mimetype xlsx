--- v0 (2025-11-24)
+++ v1 (2025-12-15)
@@ -256,50 +256,56 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cenex</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Saturn Entertainment</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>United International Pictures</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vaprake</t>
+  </si>
+  <si>
+    <t>Brave (Indomable)</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Hrabra Merida</t>
   </si>
   <si>
     <t>AU,CA,GB,HK,IE,NL,NZ,SG,US</t>
   </si>
   <si>
     <t>Brave (Indomável)</t>
   </si>
   <si>
     <t>Drošsirde 3D</t>
   </si>
   <si>
     <t>Hrabra Merida sinhronizovano</t>
   </si>
   <si>
     <t>Indomable</t>
   </si>
   <si>
     <t>Neinfricata</t>
   </si>
   <si>
     <t>Ribelle - The Brave</t>
@@ -338,56 +344,50 @@
     <t>BE,CA,FR</t>
   </si>
   <si>
     <t>Rebelle</t>
   </si>
   <si>
     <t>Храбро сърце</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Valente</t>
   </si>
   <si>
     <t>Rebelka</t>
   </si>
   <si>
     <t>Merida - Legende der Highlands</t>
   </si>
   <si>
     <t>DK,FI,NO,SE</t>
   </si>
   <si>
     <t>Modig</t>
-  </si>
-[...4 lines deleted...]
-    <t>Brave (Indomable)</t>
   </si>
   <si>
     <t>Urhea</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Mamatsi</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Yonggan chuanshuo zhi huan xian senlin</t>
   </si>
   <si>
     <t>Yunggam chyunsyut ji waan him samlam</t>
   </si>
   <si>
     <t>Merida hrabra</t>
   </si>
   <si>
     <t>Merida, a bátor</t>
   </si>
@@ -2087,201 +2087,201 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="26.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="36.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="B3" t="s">
-        <v>1</v>
+        <v>81</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>82</v>
       </c>
       <c r="B4" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>84</v>
+      </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
+      <c r="A6" t="s">
+        <v>68</v>
+      </c>
       <c r="B6" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="B8" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="B9" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="10" spans="1:2">
-      <c r="A10" t="s">
+      <c r="B10" t="s">
         <v>89</v>
       </c>
-      <c r="B10" t="s">
+    </row>
+    <row r="11" spans="1:2">
+      <c r="B11" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="11" spans="1:2">
-      <c r="A11" t="s">
+    <row r="12" spans="1:2">
+      <c r="A12" t="s">
         <v>91</v>
       </c>
-      <c r="B11" t="s">
+      <c r="B12" t="s">
         <v>92</v>
-      </c>
-[...3 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
-        <v>76</v>
+        <v>93</v>
       </c>
       <c r="B13" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="14" spans="1:2">
-      <c r="A14" t="s">
+      <c r="B14" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>96</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="B15" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B16" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>39</v>
+        <v>99</v>
       </c>
       <c r="B17" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B19" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
       <c r="B20" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
+        <v>42</v>
+      </c>
+      <c r="B21" t="s">
         <v>106</v>
-      </c>
-[...1 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="B22" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>49</v>
+        <v>108</v>
       </c>
       <c r="B23" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>50</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>113</v>
       </c>
@@ -2397,75 +2397,75 @@
       <c r="A40" t="s">
         <v>67</v>
       </c>
       <c r="B40" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="41" spans="1:2">
       <c r="A41" t="s">
         <v>68</v>
       </c>
       <c r="B41" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="42" spans="1:2">
       <c r="A42" t="s">
         <v>70</v>
       </c>
       <c r="B42" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="43" spans="1:2">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="B43" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="44" spans="1:2">
       <c r="A44" t="s">
         <v>72</v>
       </c>
       <c r="B44" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="45" spans="1:2">
       <c r="A45" t="s">
         <v>74</v>
       </c>
       <c r="B45" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="46" spans="1:2">
       <c r="A46" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B46" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="47" spans="1:2">
       <c r="A47" t="s">
         <v>138</v>
       </c>
       <c r="B47" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="48" spans="1:2">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:2">
       <c r="A49" t="s">
         <v>141</v>
       </c>