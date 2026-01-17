--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -193,93 +193,93 @@
   <si>
     <t>Paramount/United International Pictures</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Karantanija Cinemas</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>AU,CA,DE,ES,FR,GB,IT,SE,US</t>
+  </si>
+  <si>
+    <t>RO</t>
+  </si>
+  <si>
+    <t>Activitate paranormala 4</t>
+  </si>
+  <si>
+    <t>VN</t>
+  </si>
+  <si>
+    <t>Hoat Dong Bat Thuong 4</t>
+  </si>
+  <si>
+    <t>Metafysiki drastiriotita 4</t>
+  </si>
+  <si>
+    <t>Паранормальное явление-4</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,MX</t>
+  </si>
+  <si>
+    <t>Actividad paranormal 4</t>
+  </si>
+  <si>
+    <t>BA</t>
+  </si>
+  <si>
+    <t>Nadprirodna aktivnost 4</t>
+  </si>
+  <si>
+    <t>BG,RS</t>
+  </si>
+  <si>
+    <t>Паранормална активност 4</t>
+  </si>
+  <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>Atividade Paranormal 4</t>
-  </si>
-[...37 lines deleted...]
-    <t>Паранормална активност 4</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Activité paranormale 4</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Paranormaalne aktiivsus 4</t>
   </si>
   <si>
     <t>Paranormalno 4</t>
   </si>
   <si>
     <t>Parajelenségek 4</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>パラノーマル・アクティビティ4</t>
   </si>
@@ -1309,83 +1309,83 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="34.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>60</v>
+      </c>
+      <c r="B3" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>62</v>
       </c>
       <c r="B4" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
+      <c r="B5" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="7" spans="1:2">
+      <c r="A7" t="s">
         <v>66</v>
       </c>
-    </row>
-    <row r="7" spans="1:2">
       <c r="B7" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>68</v>
       </c>
       <c r="B8" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
         <v>70</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>72</v>
       </c>
       <c r="B10" t="s">
@@ -1420,51 +1420,51 @@
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="15" spans="1:2">
       <c r="A15" t="s">
         <v>80</v>
       </c>
       <c r="B15" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" t="s">
         <v>82</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="17" spans="1:2">
       <c r="A17" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B17" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" t="s">
         <v>56</v>
       </c>
       <c r="B19" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>88</v>
       </c>