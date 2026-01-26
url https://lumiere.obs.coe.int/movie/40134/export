--- v0 (2025-12-10)
+++ v1 (2026-01-26)
@@ -289,138 +289,138 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Magic Box</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Chantier Films</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Rautarouva</t>
+  </si>
+  <si>
+    <t>AU,CA,GB,IT,NL,US</t>
+  </si>
+  <si>
+    <t>RS</t>
+  </si>
+  <si>
+    <t>Čelična lejdi</t>
+  </si>
+  <si>
+    <t>Chelichnata Dama</t>
+  </si>
+  <si>
+    <t>Gelezine ledi</t>
+  </si>
+  <si>
+    <t>GB</t>
+  </si>
+  <si>
+    <t>Untitled Margaret Thatcher Project</t>
+  </si>
+  <si>
+    <t>Zelazna dama</t>
+  </si>
+  <si>
+    <t>Železná lady</t>
+  </si>
+  <si>
+    <t>Železná Lady</t>
+  </si>
+  <si>
+    <t>Zeljezna lady</t>
+  </si>
+  <si>
+    <t>UA</t>
+  </si>
+  <si>
+    <t>Залiзна ледi</t>
+  </si>
+  <si>
+    <t>Die Eiserne Lady</t>
+  </si>
+  <si>
+    <t>AR,CL,CO,ES,MX</t>
+  </si>
+  <si>
+    <t>La dama de hierro</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Желязната лейди</t>
+  </si>
+  <si>
+    <t>BR,PT</t>
+  </si>
+  <si>
+    <t>A Dama de Ferro</t>
+  </si>
+  <si>
+    <t>CA,FR</t>
+  </si>
+  <si>
+    <t>La dame de fer</t>
+  </si>
+  <si>
+    <t>Zelezná lady</t>
+  </si>
+  <si>
+    <t>Jernladyen</t>
+  </si>
+  <si>
+    <t>Raudne leedi</t>
+  </si>
+  <si>
+    <t>FI,SE</t>
+  </si>
+  <si>
+    <t>Järnladyn</t>
+  </si>
+  <si>
+    <t>I sidira kyria</t>
+  </si>
+  <si>
     <t>Čelična lady</t>
-  </si>
-[...85 lines deleted...]
-    <t>I sidira kyria</t>
   </si>
   <si>
     <t>A Vaslady</t>
   </si>
   <si>
     <t>Geležinė ledi</t>
   </si>
   <si>
     <t>Dzelzs lēdija</t>
   </si>
   <si>
     <t>Jernkvinnen</t>
   </si>
   <si>
     <t>Żelazna Dama</t>
   </si>
   <si>
     <t>Doamna de Fier</t>
   </si>
   <si>
     <t>Челична дама</t>
   </si>
   <si>
     <t>Železna lady</t>
   </si>
@@ -2081,51 +2081,51 @@
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="31.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
         <v>92</v>
       </c>
       <c r="B3" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="A4" t="s">
         <v>93</v>
       </c>
       <c r="B4" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>95</v>
       </c>
@@ -2226,59 +2226,59 @@
       <c r="A19" t="s">
         <v>49</v>
       </c>
       <c r="B19" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="20" spans="1:2">
       <c r="A20" t="s">
         <v>51</v>
       </c>
       <c r="B20" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>117</v>
       </c>
       <c r="B21" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B22" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="B23" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>63</v>
       </c>
       <c r="B24" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>69</v>
       </c>
       <c r="B25" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>71</v>
       </c>