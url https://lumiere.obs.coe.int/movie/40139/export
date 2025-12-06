--- v0 (2025-11-15)
+++ v1 (2025-12-06)
@@ -193,87 +193,87 @@
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>Atlantic Film</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Fivia</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>M3 Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>CA,DE,GB,US</t>
+  </si>
+  <si>
+    <t>Thérèse</t>
+  </si>
+  <si>
+    <t>BG</t>
+  </si>
+  <si>
+    <t>Терез</t>
+  </si>
+  <si>
+    <t>BR,FI,SE</t>
+  </si>
+  <si>
+    <t>Therese D</t>
+  </si>
+  <si>
     <t>CA,FR,PT</t>
   </si>
   <si>
     <t>Bir Kadinin Gözyasi</t>
   </si>
   <si>
     <t>Teresės nuodėmė</t>
   </si>
   <si>
     <t>Terezina Krivda</t>
   </si>
   <si>
     <t>Therese</t>
   </si>
   <si>
     <t>AR,ES,FI</t>
   </si>
   <si>
     <t>Thérèse D.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Thérèse</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Thérèses skæbne</t>
   </si>
   <si>
     <t>FI,NO</t>
   </si>
   <si>
     <t>Therese D.</t>
   </si>
   <si>
     <t>Therese Desqueyroux</t>
   </si>
   <si>
     <t>To kryfo pathos tis Teresa D.</t>
   </si>
   <si>
     <t>Tékozló szív</t>
   </si>
   <si>
     <t>JP</t>
   </si>
@@ -1263,96 +1263,96 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="12.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="28.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>1</v>
+        <v>60</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>63</v>
+      </c>
+      <c r="B4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5" spans="1:2">
+      <c r="A5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="6" spans="1:2">
+      <c r="A6" t="s">
         <v>55</v>
       </c>
-      <c r="B3" t="s">
-[...13 lines deleted...]
-    <row r="6" spans="1:2">
       <c r="B6" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B7" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8" spans="1:2">
-      <c r="A8" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9" spans="1:2">
-      <c r="A9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B9" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>70</v>
       </c>
       <c r="B10" t="s">
         <v>71</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>72</v>
       </c>
       <c r="B11" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>74</v>
       </c>
       <c r="B12" t="s">