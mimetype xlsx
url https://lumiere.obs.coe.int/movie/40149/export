--- v0 (2025-11-14)
+++ v1 (2025-12-18)
@@ -289,60 +289,60 @@
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Cinemania Group</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Forum Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Pinema</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Vroči Mike</t>
+  </si>
+  <si>
+    <t>Vreli Majk</t>
+  </si>
+  <si>
     <t>AR,AU,BR,CA,DE,ES,FR,GB,GR,HK,HU,IE,IT,KR,MX,NL,PL,PT,SE,SG,US</t>
   </si>
   <si>
     <t>Mike Meseriasu'</t>
-  </si>
-[...4 lines deleted...]
-    <t>Vroči Mike</t>
   </si>
   <si>
     <t>Професия: Стриптийзьор</t>
   </si>
   <si>
     <t>Bez kalhot</t>
   </si>
   <si>
     <t>Super-Mike</t>
   </si>
   <si>
     <t>Čarobni Mike</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>マジック・マイク</t>
   </si>
   <si>
     <t>LT</t>
   </si>
   <si>
     <t>Magiskasis Maikas</t>
   </si>
@@ -1893,65 +1893,65 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="59.7109375" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="24.85546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="B3" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
       <c r="B4" t="s">
-        <v>93</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>40</v>
       </c>
       <c r="B6" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>44</v>
       </c>
       <c r="B7" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">