--- v0 (2025-11-21)
+++ v1 (2025-12-17)
@@ -223,78 +223,78 @@
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Özen Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Бел Ами</t>
+  </si>
+  <si>
     <t>Miláček</t>
   </si>
   <si>
     <t>AU,BE,CA,CO,DE,FR,GB,NL,PT,SE,US</t>
   </si>
   <si>
     <t>Askim Benim</t>
   </si>
   <si>
     <t>Bel Ami El Seductor</t>
   </si>
   <si>
     <t>Kallis sõber</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Bel Almi, historia de un seductor</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>Bel Ami, historia de un seductor</t>
-  </si>
-[...1 lines deleted...]
-    <t>Бел Ами</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Bel Ami: O Sedutor</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Bel Ami, el seductor</t>
   </si>
   <si>
     <t>Milácek</t>
   </si>
   <si>
     <t>Bel Ami, història d'un seductor</t>
   </si>
   <si>
     <t>Epikindyno pathos</t>
   </si>
   <si>
     <t>Bel Ami - A szépfiú</t>
   </si>
@@ -1348,96 +1348,96 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="32" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="29.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
       <c r="B2" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="3" spans="1:2">
-      <c r="A3" t="s">
+      <c r="B3" t="s">
         <v>70</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>71</v>
+      </c>
+      <c r="B4" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="B5" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="B6" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="7" spans="1:2">
-      <c r="A7" t="s">
+      <c r="B7" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
+        <v>75</v>
+      </c>
+      <c r="B8" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>31</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
         <v>79</v>
       </c>
       <c r="B10" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>81</v>
       </c>
       <c r="B11" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>35</v>
       </c>