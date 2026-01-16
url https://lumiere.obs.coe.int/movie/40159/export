--- v0 (2025-11-15)
+++ v1 (2026-01-16)
@@ -214,90 +214,90 @@
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>ZON Lusomundo</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Media Pro Distributions</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Bontonfilm/Tatra Film</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>BR</t>
+  </si>
+  <si>
+    <t>Fuga Implacável</t>
+  </si>
+  <si>
     <t>AU,CA,DE,GB,SE,US</t>
   </si>
   <si>
     <t>Salta dienos sviesa</t>
   </si>
   <si>
     <t>S Ľadovým Pokojom</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Zimne swiatlo dnia</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Серед бiлого дня</t>
   </si>
   <si>
     <t>CA,FR</t>
   </si>
   <si>
     <t>Sans issue</t>
   </si>
   <si>
     <t>AR,ES</t>
   </si>
   <si>
     <t>La fría luz del día</t>
   </si>
   <si>
     <t>Студена светлина</t>
-  </si>
-[...4 lines deleted...]
-    <t>Fuga Implacável</t>
   </si>
   <si>
     <t>CO,MX</t>
   </si>
   <si>
     <t>Dura verdad</t>
   </si>
   <si>
     <t>S ledovým klidem</t>
   </si>
   <si>
     <t>Karm tõde</t>
   </si>
   <si>
     <t>Min empistevesai kanenan</t>
   </si>
   <si>
     <t>Hladna istina</t>
   </si>
   <si>
     <t>Az igazság nyomában</t>
   </si>
   <si>
     <t>La fredda luce del giorno</t>
   </si>
@@ -1275,106 +1275,106 @@
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="17.85546875" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="27" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
       <c r="A2" t="s">
         <v>66</v>
       </c>
       <c r="B2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3" spans="1:2">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
         <v>1</v>
-      </c>
-[...3 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="4" spans="1:2">
       <c r="B4" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="5" spans="1:2">
-      <c r="A5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="B5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>71</v>
       </c>
       <c r="B6" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>73</v>
       </c>
       <c r="B7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>75</v>
       </c>
       <c r="B8" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:2">
       <c r="A9" t="s">
-        <v>30</v>
+        <v>77</v>
       </c>
       <c r="B9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10" spans="1:2">
       <c r="A10" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" t="s">
         <v>80</v>
       </c>
       <c r="B11" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" t="s">
         <v>34</v>
       </c>
       <c r="B12" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" t="s">
         <v>40</v>
       </c>
@@ -1434,99 +1434,99 @@
       <c r="A20" t="s">
         <v>91</v>
       </c>
       <c r="B20" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="21" spans="1:2">
       <c r="A21" t="s">
         <v>56</v>
       </c>
       <c r="B21" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="22" spans="1:2">
       <c r="A22" t="s">
         <v>94</v>
       </c>
       <c r="B22" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:2">
       <c r="A23" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="B23" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="24" spans="1:2">
       <c r="A24" t="s">
         <v>58</v>
       </c>
       <c r="B24" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="25" spans="1:2">
       <c r="A25" t="s">
         <v>60</v>
       </c>
       <c r="B25" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>99</v>
       </c>
       <c r="B26" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>101</v>
       </c>
       <c r="B27" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
         <v>103</v>
       </c>
       <c r="B28" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B29" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>48</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">