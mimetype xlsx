--- v0 (2025-12-08)
+++ v1 (2026-02-09)
@@ -229,66 +229,66 @@
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Total EU28</t>
   </si>
   <si>
     <t>Total OBS</t>
   </si>
   <si>
+    <t>Volte face</t>
+  </si>
+  <si>
+    <t>AR,VE</t>
+  </si>
+  <si>
+    <t>Contracara</t>
+  </si>
+  <si>
     <t>RS</t>
   </si>
   <si>
     <t>Ukradeno lice</t>
   </si>
   <si>
     <t>AU,CA,DK,FI,GB,HK,KR,NL,NO,SE,SG,US</t>
-  </si>
-[...7 lines deleted...]
-    <t>Contracara</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Im Körper des Feindes</t>
   </si>
   <si>
     <t>Лице назаем</t>
   </si>
   <si>
     <t>BR,PT</t>
   </si>
   <si>
     <t>A Outra Face</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Double identité</t>
   </si>
   <si>
     <t>Double/identité</t>
   </si>
@@ -1846,76 +1846,76 @@
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:B37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="35.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="32.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="2" spans="1:2">
-      <c r="A2" t="s">
+      <c r="B2" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
     </row>
     <row r="3" spans="1:2">
       <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
         <v>73</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="4" spans="1:2">
+      <c r="A4" t="s">
+        <v>74</v>
+      </c>
       <c r="B4" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:2">
       <c r="A5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:2">
       <c r="A6" t="s">
         <v>77</v>
       </c>
       <c r="B6" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="7" spans="1:2">
       <c r="A7" t="s">
         <v>41</v>
       </c>
       <c r="B7" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" t="s">
         <v>80</v>
       </c>
       <c r="B8" t="s">
         <v>81</v>
       </c>
@@ -2052,51 +2052,51 @@
       <c r="A25" t="s">
         <v>102</v>
       </c>
       <c r="B25" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="26" spans="1:2">
       <c r="A26" t="s">
         <v>65</v>
       </c>
       <c r="B26" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="27" spans="1:2">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="28" spans="1:2">
       <c r="A28" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B28" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="29" spans="1:2">
       <c r="A29" t="s">
         <v>107</v>
       </c>
       <c r="B29" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="30" spans="1:2">
       <c r="A30" t="s">
         <v>109</v>
       </c>
       <c r="B30" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="31" spans="1:2">
       <c r="A31" t="s">
         <v>109</v>
       </c>